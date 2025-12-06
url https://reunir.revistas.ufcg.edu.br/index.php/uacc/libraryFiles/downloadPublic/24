--- v0 (2025-10-27)
+++ v1 (2025-12-06)
@@ -1,210 +1,330 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="05B930BA" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="005F24B5">
+    <w:p w14:paraId="3659D1C9" w14:textId="77777777" w:rsidR="004874AB" w:rsidRDefault="00E15F54" w:rsidP="004874AB">
       <w:pPr>
         <w:spacing w:before="95"/>
-        <w:ind w:left="149"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NORMAS DE SUBMISSÃO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B930BA" w14:textId="3AA3BB6B" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="004874AB">
+      <w:pPr>
+        <w:spacing w:before="95"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>NORMAS DE SUBMISSÃO REUNIR: Revista de Administração, Ciências Contábeis e Sustentabilidade</w:t>
+        <w:t>REUNIR: Revista de Administração, Ciências Contábeis e Sustentabilidade</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="636E2E7E" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
       <w:pPr>
         <w:spacing w:before="95"/>
         <w:ind w:left="149"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0080AC"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AB2EAA7" w14:textId="43064ABE" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
+    <w:p w14:paraId="0AB2EAA7" w14:textId="7A38906B" w:rsidR="00EC23AC" w:rsidRPr="004874AB" w:rsidRDefault="00EC23AC" w:rsidP="004874AB">
       <w:pPr>
         <w:spacing w:before="95"/>
-        <w:ind w:left="149"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="0CE0BA0D" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004874AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>REUNIR: Revista de Administração, C</w:t>
+      </w:r>
+      <w:r w:rsidR="004874AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontabilidade </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004874AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>e Sustentabilidade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE0BA0D" w14:textId="25F140B7" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="004874AB" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56C1D8D7" wp14:editId="65A88ED0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56C1D8D7" wp14:editId="203166E4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5537200</wp:posOffset>
+              <wp:posOffset>4930140</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>148590</wp:posOffset>
+              <wp:posOffset>146685</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="776605" cy="1096645"/>
-            <wp:effectExtent l="0" t="0" r="10795" b="0"/>
+            <wp:extent cx="871855" cy="1096645"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="8255"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21012"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21194" y="0"/>
+                <wp:lineTo x="0" y="21387"/>
+                <wp:lineTo x="21238" y="21387"/>
+                <wp:lineTo x="21238" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="8" name="Imagem 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagem 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="776605" cy="1096645"/>
+                      <a:ext cx="871855" cy="1096645"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56245EF6" wp14:editId="334C637B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-441960</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>194310</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1136015" cy="1026160"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="2540"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21252"/>
+                <wp:lineTo x="21371" y="21252"/>
+                <wp:lineTo x="21371" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="9" name="Imagem 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Imagem 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1136015" cy="1026160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00EC23AC" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E7BB22F" wp14:editId="3A6F68C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>577215</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>88265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6301105" cy="0"/>
                 <wp:effectExtent l="18415" t="12065" r="30480" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Line 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -239,381 +359,350 @@
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
             <w:pict>
               <v:line w14:anchorId="3D597B33" id="Line 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="45.45pt,6.95pt" to="541.6pt,6.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCICROTrgEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YztBiMOD2k7S7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJWmy3YT4Iokg+vfdEr+6OkxMHQ2zRd7JZ1FIYr1BbP3Ty58vjpy9S&#10;cASvwaE3nTwZlnfrjx9Wc2jNEkd02pBIIJ7bOXRyjDG0VcVqNBPwAoPxKdkjTRBTSEOlCeaEPrlq&#10;Wde31YykA6EyzOn0/jUp1wW/742KP/qeTRSuk4lbLCuVdZfXar2CdiAIo1VnGvAPLCawPl16hbqH&#10;CGJP9i+oySpCxj4uFE4V9r1VpmhIapr6DzXPIwRTtCRzOFxt4v8Hq74fNn5Lmbo6+ufwhOoXC4+b&#10;EfxgCoGXU0gP12Srqjlwe23JAYctid38DXWqgX3E4sKxpylDJn3iWMw+Xc02xyhUOrz9XDdNfSOF&#10;uuQqaC+NgTh+NTiJvOmksz77AC0cnjhmItBeSvKxx0frXHlL58WcwZc3pYHRWZ2TuYxp2G0ciQPk&#10;aShfUZUy78sI914XsNGAfjjvI1j3uk+XO382I+vPw8btDvVpSxeT0nMVlufRyvPwPi7dbz/A+jcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHeKyJ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqE0DqA1xKlQJrighFerNjY0dNV5HsZuGv2crDnBa7cxo9m2xmX3PJjPGLqCE+4UA&#10;ZrANukMrofl4vVsBi0mhVn1AI+HbRNiU11eFynU4Y2WmOllGJRhzJcGlNOScx9YZr+IiDAbJ+wqj&#10;V4nW0XI9qjOV+54vhXjiXnVIF5wazNaZ9lifvIQ3uz9+PlbVrmmyh63d+ffa7Scpb2/ml2dgyczp&#10;LwwXfEKHkpgO4YQ6sl7CWqwpSXpG8+KLVbYEdvhVeFnw/x+UPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCICROTrgEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCHeKyJ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight=".17569mm">
                 <w10:wrap anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244E2CBD" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
+    <w:p w14:paraId="244E2CBD" w14:textId="386EBD67" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F135A81" wp14:editId="0483FA42">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F135A81" wp14:editId="58E43ED8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1861185</wp:posOffset>
+                  <wp:posOffset>1781175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>45085</wp:posOffset>
+                  <wp:posOffset>48260</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4009390" cy="1026160"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="4152900" cy="1026160"/>
+                <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4009390" cy="1026160"/>
+                          <a:ext cx="4152900" cy="1026160"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="E7E8E8"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="441B3D97" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
                             <w:pPr>
                               <w:ind w:right="-64"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005F24B5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>REUNIR:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6416A857" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
+                          <w:p w14:paraId="6416A857" w14:textId="2A073D13" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="5238"/>
                               </w:tabs>
                               <w:ind w:right="-64"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005F24B5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
-                              <w:t>Revista de Administração, Ciências Contábeis e Sustentabilidade</w:t>
+                              <w:t>Revista de Administração, C</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00812DC9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">ontabilidade e </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005F24B5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>Sustentabilidade</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="71A28B3C" w14:textId="77777777" w:rsidR="005F24B5" w:rsidRDefault="005F24B5" w:rsidP="005F24B5">
                             <w:pPr>
                               <w:ind w:right="-64"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:color w:val="0080AC"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5444ED51" w14:textId="209E3D4E" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
+                          <w:p w14:paraId="5444ED51" w14:textId="209E3D4E" w:rsidR="00EC23AC" w:rsidRPr="00812DC9" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
                             <w:pPr>
                               <w:ind w:right="-64"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:sz w:val="16"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005F24B5">
+                            <w:r w:rsidRPr="00812DC9">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:color w:val="0080AC"/>
-                                <w:sz w:val="16"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>www.reunir.revistas.ufcg.edu.br</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="5F135A81" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 23" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:146.55pt;margin-top:3.55pt;width:315.7pt;height:80.8pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrw952AQIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8nSbtUOmiptPoOoQ0&#10;BtLGD3AcJ7FwfObsNim/nrPTlml8Q3yxzvfy+J7nzuubsTfsoNBrsCWfz3LOlJVQa9uW/Pvz/bsV&#10;Zz4IWwsDVpX8qDy/2bx9sx5coRbQgakVMgKxvhhcybsQXJFlXnaqF34GTlkKNoC9CHTFNqtRDITe&#10;m2yR58tsAKwdglTek/duCvJNwm8aJcPXpvEqMFNy6i2kE9NZxTPbrEXRonCdlqc2xD900Qtt6dEL&#10;1J0Igu1R/wXVa4ngoQkzCX0GTaOlShyIzTx/xeapE04lLiSOdxeZ/P+DlY+Hb8h0XfIFZ1b0NKJn&#10;NQb2EUa2uIryDM4XlPXkKC+M5KcxJ6rePYD84ZmFbSdsq24RYeiUqKm9eazMXpROOD6CVMMXqOkd&#10;sQ+QgMYG+6gdqcEIncZ0vIwm9iLJ+T7Pr6+uKSQpNs8Xy/kyDS8TxbncoQ+fFPQsGiVHmn2CF4cH&#10;H2I7ojinxNc8GF3fa2PSBdtqa5AdBO3J7sNutVslBq/SjI3JFmLZhBg9iWekNpEMYzWedKugPhJj&#10;hGnv6J+Q0QH+4mygnSu5/7kXqDgzny2pFhf0bODZqM6GsJJKSx44m8xtmBZ571C3HSFPc7FwS8o2&#10;OnGOI5i6OPVJe5SkOO18XNSX95T152dufgMAAP//AwBQSwMEFAAGAAgAAAAhAG3WV3DfAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdZpCHyFOhSqxgkUfwNqJhzjCHkex&#10;2wa+nmEFq9HoHt05U65H78QJh9gFUjCdZCCQmmA6ahW8Hp5ulyBi0mS0C4QKvjDCurq8KHVhwpl2&#10;eNqnVnAJxUIrsCn1hZSxseh1nIQeibOPMHideB1aaQZ95nLvZJ5lc+l1R3zB6h43FpvP/dErmLU3&#10;W/n+Zr4P0hncvKRd/RysUtdX4+MDiIRj+oPhV5/VoWKnOhzJROEU5KvZlFEFCx6cr/K7exA1g/Pl&#10;AmRVyv8fVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA68PedgECAADhAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbdZXcN8AAAAJAQAADwAA&#10;AAAAAAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" fillcolor="#e7e8e8" stroked="f">
+              <v:shape id="Text Box 23" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:140.25pt;margin-top:3.8pt;width:327pt;height:80.8pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6I2rHAQIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyLcuMOEWXpsOA&#10;7gK0+wBZlm1htqhRSuzs60fJSVq0b8NeBIqXI55Dan01DT07KHQaTMmzRcqZMhJqbdqS/3y4fbPi&#10;zHlhatGDUSU/KsevNq9frUdbqBw66GuFjECMK0Zb8s57WySJk50ahFuAVYaCDeAgPF2xTWoUI6EP&#10;fZKn6TIZAWuLIJVz5L2Zg3wT8ZtGSf+9aZzyrC859ebjifGswpls1qJoUdhOy1Mb4h+6GIQ29OgF&#10;6kZ4wfaoX0ANWiI4aPxCwpBA02ipIgdik6XP2Nx3wqrIhcRx9iKT+3+w8tvhBzJdlzznzIiBRvSg&#10;Js8+wcTyt0Ge0bqCsu4t5fmJ/DTmSNXZO5C/HDOw7YRp1TUijJ0SNbWXhcrkSemM4wJINX6Fmt4R&#10;ew8RaGpwCNqRGozQaUzHy2hCL5Kc77L3+ceUQpJiWZovs2UcXiKKc7lF5z8rGFgwSo40+wgvDnfO&#10;h3ZEcU4JrznodX2r+z5esK22PbKDoD3ZfditdqvI4Flab0KygVA2IwZP5BmozST9VE0n3Sqoj8QY&#10;Yd47+idkdIB/OBtp50rufu8FKs76L4ZUCwt6NvBsVGdDGEmlJfeczebWz4u8t6jbjpDnuRi4JmUb&#10;HTmHEcxdnPqkPYpSnHY+LOrTe8x6/JmbvwAAAP//AwBQSwMEFAAGAAgAAAAhAMjuSsveAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdUghtCFOhSqxgkUfwNqJhzjCHkex&#10;2wa+nmEFy6t7dOdMtZq8E0ccYx9Iwc0sA4HUBtNTp+B1/3S9ABGTJqNdIFTwhRFW9flZpUsTTrTF&#10;4y51gkcollqBTWkopYytRa/jLAxI3H2E0evEceykGfWJx72TeZYV0uue+ILVA64ttp+7g1cw7642&#10;8v3NfO+lM7h+SdvmOVilLi+mxwcQCaf0B8OvPqtDzU5NOJCJwinIF9kdowruCxDcL+e3nBsGi2UO&#10;sq7k/w/qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6I2rHAQIAAOEDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDI7krL3gAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAFsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" fillcolor="#e7e8e8" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="441B3D97" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
                       <w:pPr>
                         <w:ind w:right="-64"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005F24B5">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>REUNIR:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6416A857" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
+                    <w:p w14:paraId="6416A857" w14:textId="2A073D13" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="5238"/>
                         </w:tabs>
                         <w:ind w:right="-64"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005F24B5">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
-                        <w:t>Revista de Administração, Ciências Contábeis e Sustentabilidade</w:t>
+                        <w:t>Revista de Administração, C</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00812DC9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">ontabilidade e </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005F24B5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>Sustentabilidade</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="71A28B3C" w14:textId="77777777" w:rsidR="005F24B5" w:rsidRDefault="005F24B5" w:rsidP="005F24B5">
                       <w:pPr>
                         <w:ind w:right="-64"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:color w:val="0080AC"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5444ED51" w14:textId="209E3D4E" w:rsidR="00EC23AC" w:rsidRPr="005F24B5" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
+                    <w:p w14:paraId="5444ED51" w14:textId="209E3D4E" w:rsidR="00EC23AC" w:rsidRPr="00812DC9" w:rsidRDefault="00EC23AC" w:rsidP="005F24B5">
                       <w:pPr>
                         <w:ind w:right="-64"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:sz w:val="16"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005F24B5">
+                      <w:r w:rsidRPr="00812DC9">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:color w:val="0080AC"/>
-                          <w:sz w:val="16"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>www.reunir.revistas.ufcg.edu.br</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00DE7711">
-[...77 lines deleted...]
-    <w:p w14:paraId="661701FC" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
+    </w:p>
+    <w:p w14:paraId="661701FC" w14:textId="6BA61CBC" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BB40AA6" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65093D92" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -720,110 +809,105 @@
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
             <w:pict>
               <v:line w14:anchorId="44062F9F" id="Line 22" o:spid="_x0000_s1026" style="position:absolute;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="45.45pt,12.4pt" to="541.6pt,12.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdrpnq0QEAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbJIiKhRttoctcCmw&#10;ouUDZu3xxqrjsWx3k/17bKcJCBBCiMso9sx78954sr2ZBsPO6IMm2/FmU3OGVpDU9tTxrw/vX73l&#10;LESwEgxZ7PgFA7/ZvXyxHV2LV9STkehZIrGhHV3H+xhdW1VB9DhA2JBDm5KK/AAxHf2pkh7GxD6Y&#10;6qqur6uRvHSeBIaQbm/nJN8VfqVQxM9KBYzMdDxpiyX6Eo85VrsttCcPrtfiWQb8g4oBtE1NV6pb&#10;iMCevP6FatDCUyAVN4KGipTSAouH5Kapf3Jz34PD4iUNJ7h1TOH/0YpP5709+CxdTPbe3ZF4DMzS&#10;vgd7wiLg4eLSwzV5VNXoQrtC8iG4g2fH8SPJVANPkcoUJuWHTJn8sakM+7IOG6fIRLq8fl03Tf2G&#10;M7HkKmgXoPMhfkAaWP7ouNE2zwFaON+FmIVAu5Tka2Nz7BHkOyvLk0bQZv5OpTldpGe1eTWS7ngx&#10;OEO/oGJaJkVNaVFWD/fGszOkpZGPs/PMkiozRGljVlD9Z9BzbYZhWce/Ba7VpSPZuAIHbcn/rmuc&#10;Fqlqrl9cz16z7SPJy8EvL5l2qozyef/z0v54LvDvf+nuGwAAAP//AwBQSwMEFAAGAAgAAAAhAFkS&#10;LpPdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTUBVG+JUVSWEuCCa&#10;wt2Nt07aeB3ZThr+HlccynFnRrNvitVkOzaiD60jCY8zAQypdrolI+Fr9/qwABaiIq06RyjhBwOs&#10;ytubQuXanWmLYxUNSyUUciWhibHPOQ91g1aFmeuRkndw3qqYTm+49uqcym3HMyHm3KqW0odG9bhp&#10;sD5Vg5XQvfvx22zMOgxv23l1/DxkH7tRyvu7af0CLOIUr2G44Cd0KBPT3g2kA+skLMUyJSVkz2nB&#10;xReLpwzY/k/hZcH/Lyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF2umerRAQAA7QMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFkSLpPdAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAAKwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DCCD6E" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
+    <w:p w14:paraId="69DCCD6E" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="007B7BB5" w:rsidRDefault="00EC23AC" w:rsidP="004874AB">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007B7BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIGO ORIGINAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF7F199" w14:textId="06D64521" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:spacing w:before="95"/>
         <w:ind w:left="149"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0080AC"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A70A71E" w14:textId="0D84CFB2" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+    <w:p w14:paraId="4A70A71E" w14:textId="364676D5" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00D8094E">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="600" w:after="300" w:line="450" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>Condições para submissão </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Condições para submissão</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC801CA" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Como parte do processo de submissão, os autores são obrigados a verificar a conformidade da submissão em relação a todos os itens listados a seguir. As submissões que não estiverem de acordo com as normas serão devolvidas aos autores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F97EB2" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
@@ -1064,83 +1148,116 @@
           <w:top w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
           <w:bottom w:val="single" w:sz="6" w:space="15" w:color="DDDDDD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>TODOS os autores já se encontram devidamente cadastrados na revista, com os campos necessários preenchidos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03423FB3" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+    <w:p w14:paraId="03423FB3" w14:textId="4849A218" w:rsidR="00E15F54" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
           <w:bottom w:val="single" w:sz="6" w:space="15" w:color="DDDDDD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Caso o artigo seja indicado para publicação após o processo de avaliação, o (s) autor (es) deve (m) traduzí-lo para o inglês com a devida revisão por um profissional da área.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4BDC4EF5" w14:textId="0480F164" w:rsidR="00D8094E" w:rsidRPr="00DE7711" w:rsidRDefault="00D8094E" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
+          <w:bottom w:val="single" w:sz="6" w:space="15" w:color="DDDDDD"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caso o artigo seja aprovado para publicação (após os ajustes finais) deve ser efetuado o pagamento da taxa de publicação a mantenedora (AME C&amp;T) da Revista. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="28C7F917" w14:textId="47EA3938" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="600" w:after="300" w:line="450" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FA1EC5C" w14:textId="01F58F85" w:rsidR="00121063" w:rsidRPr="00DE7711" w:rsidRDefault="00121063" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="600" w:after="300" w:line="450" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
@@ -1153,102 +1270,99 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00E15F54" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>iretrizes para Autores</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC703FB" w14:textId="0D985556" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00EC23AC">
+    <w:p w14:paraId="6799C738" w14:textId="117CA00A" w:rsidR="00835FD3" w:rsidRDefault="00E15F54" w:rsidP="00835FD3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="300" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0" w:line="375" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>NORMAS DE FORMATAÇÃO PARA SUBMISSÃO </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:t>NORMAS DE FORMATAÇÃO PARA SUBMISSÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC703FB" w14:textId="75145A4C" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00835FD3">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>docx</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>, devendo seguir as regras a seguir especificadas:</w:t>
+        <w:t>Os artigos deverão ser encaminhados para a Reunir (por meio do Sistema da Revista OJS REUNIR) no formado .docx, devendo seguir as regras a seguir especificadas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F089D5" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="show"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Deve estar alinhado as seguintes áreas: Administração, Contabilidade ou Sustentabilidade. Devendo a respectiva área ser informada na submissão. Caso o artigo não esteja alinhado com o escopo da revista será rejeitado sem a designação para avaliadores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BE45517" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
@@ -1356,119 +1470,129 @@
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67706ECD" w14:textId="7D5B6A5C" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="show"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">O arquivo não podendo ultrapassar 2MB; Páginas numeradas conforme </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:t>O arquivo não podendo ultrapassar 2MB; Páginas numeradas conforme template</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC23AC" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>template</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00EC23AC" w:rsidRPr="00DE7711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:t xml:space="preserve">Reunir (na página </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC23AC" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Reunir</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (na página </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> deste arquivo);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F579FB0" w14:textId="39DCB363" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+    <w:p w14:paraId="5F579FB0" w14:textId="65752480" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="show"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Papel A4 (29,7 x 21 cm), com margens: superior (1,75), esquerda (1,25 cm), inferior (1,25 cm) e direita (1,41 cm), com duas colunas</w:t>
+        <w:t>Papel A4 (29,7 x 21 cm), com margens: superior (</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7BB5">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>3 cm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>), esquerda (</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7BB5">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm), inferior (1,25 cm) e direita (1,41 cm), com duas colunas</w:t>
       </w:r>
       <w:r w:rsidR="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F960E63" w14:textId="618ED319" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="show"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
@@ -1626,110 +1750,83 @@
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabelas (numeração e nome da tabela acima, canto superior esquerdo, e fonte abaixo), Figuras (nome e fonte abaixo). Todos deverão ser incluídos no documento principal, na sequência em que aparecem no texto, e escritos em fonte </w:t>
       </w:r>
       <w:r w:rsidR="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> a figura ou tabela fique ruim de visualizar coloque-as em apenas uma coluna;</w:t>
+        <w:t xml:space="preserve"> Caso a figura ou tabela fique ruim de visualizar coloque-as em apenas uma coluna;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224F8BB8" w14:textId="1C797D6A" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="show"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">O artigo indicado pelos avaliadores </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">ad </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ad hod</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> para publicação será submetido na fase de editoração a uma revisão ortográfica e gramatical, sendo esta uma atribuição do (s) autor (es), por uma profissional da área, ao qual deverá após a revisão uma declaração com assinatura do responsável (datada e assinada), informando que o artigo na sua versão final passou pela revisão do português. Esta declaração só deve ser enviada pelo sistema da Reunir</w:t>
       </w:r>
       <w:r w:rsidR="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C8982B" w14:textId="77777777" w:rsidR="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00A23166">
       <w:pPr>
         <w:pStyle w:val="show"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1844,84 +1941,73 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>As citações no texto devem obedecer rigorosamente às normas da </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rStyle w:val="nfase"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>American Psychological Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t> (APA), conforme sugestão da Revista de Adminsitração Pública - RAP da Fundação Getúlio Vargas e adaptadas para este periódico, disponível em: </w:t>
-[...11 lines deleted...]
-        <w:fldChar w:fldCharType="separate"/>
+        <w:t xml:space="preserve"> (APA), conforme sugestão da Revista de Adminsitração Pública - RAP da Fundação </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-          <w:color w:val="007AB2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>https://ebape.fgv.br/sites/ebape.fgv.br/files/paginas/dez/18/apa_portugues.pdf</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Getúlio Vargas e adaptadas para este periódico, disponível em: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tooltip="Normas da APA" w:history="1">
+        <w:r w:rsidRPr="00DE7711">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="007AB2"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>https://ebape.fgv.br/sites/ebape.fgv.br/files/paginas/dez/18/apa_portugues.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>. Caso a submissão não esteja em conformidade, será rejeitada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74DDB362" w14:textId="09F74891" w:rsidR="00121063" w:rsidRPr="00DE7711" w:rsidRDefault="00121063" w:rsidP="00E15F54">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
@@ -1929,80 +2015,61 @@
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>A partir das edições de 2023 os artigos que forem aceitos após os ajuste</w:t>
       </w:r>
       <w:r w:rsidR="0068580E" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> solicitados pelos avaliadores da REUNIR deverão ser traduzidos para o inglês por um profissional da área que deverá emitir uma declaração que ateste a tradução. A declaração deve ser enviada pela plataforma da revista ou pelo e-mail: </w:t>
       </w:r>
-      <w:r w:rsidR="007749E6" w:rsidRPr="00DE7711">
-[...28 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00DE7711">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>revistareunirufcg@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340A96FB" w14:textId="02DFA96D" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="600" w:after="300" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2025,76 +2092,67 @@
       </w:pPr>
       <w:r w:rsidRPr="00F430AA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Política padrão de seção</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1138E77F" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00F430AA" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0" w:line="375" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F430AA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Os artigos submetidos à REUNIR deverão seguir rigorosamente as normas de submissão e o modelo (</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t>Os artigos submetidos à REUNIR deverão seguir rigorosamente as normas de submissão e o modelo (t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7BB5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>template</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>emplate</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F430AA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Reunir</w:t>
-[...7 lines deleted...]
-        <w:t>). </w:t>
+        <w:t xml:space="preserve"> Reunir). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B89802" w14:textId="5F99CC26" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0" w:line="375" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
@@ -2225,476 +2283,1018 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Direitos Autorais para artigos publicados nesta revista são do autor, com direitos de primeira publicação para a revista. Em virtude de ser um periódico de acesso público, os artigos são de uso gratuito, com atribuições próprias, em aplicações educacionais e não-comerciais, com caráter científico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5002F1" w14:textId="6BC7EF2D" w:rsidR="00E15F54" w:rsidRPr="00F430AA" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0" w:line="375" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F430AA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A Revista REUNIR adota Licença </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007749E6" w:rsidRPr="00F430AA">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00F430AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="007AB2"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Creative Commons Atribuição-Uso não-comercial 4.0 Brasil License</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F430AA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "http://creativecommons.org/licenses/by-nc/3.0/br/" </w:instrText>
-[...47 lines deleted...]
-        </w:rPr>
         <w:t> ou seu equivalente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E93C0C3" w14:textId="0E95213F" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+    <w:p w14:paraId="338D7FF6" w14:textId="77777777" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="600" w:after="300" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+    </w:p>
+    <w:p w14:paraId="4E93C0C3" w14:textId="3AFDBECD" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="600" w:after="300" w:line="450" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Política de Privacidade  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1556E052" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0" w:line="375" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Os nomes e endereços informados nesta revista serão usados exclusivamente para os serviços prestados por esta publicação, não sendo disponibilizados para outras finalidades ou a terceiros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E85759" w14:textId="22F7365A" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="375" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Os casos de plágio detectados durante a avaliação e após a publicação, quando for o caso, serão excluídos da plataforma, por considerarmos que essas práticas são antiéticas e que devem ter a devida punição, conforme preconiza a legislação brasileira. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C39231E" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
-[...23 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6526ADD8" w14:textId="5672D0C4" w:rsidR="00E15F54" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DBFC539" w14:textId="10FDE344" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77046D15" w14:textId="7FD9C678" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609FF5EF" w14:textId="73AAB3E7" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C49C33" w14:textId="6FA95752" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E87DC4D" w14:textId="4D1B4506" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A33C2DC" w14:textId="1EC736EF" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B932D77" w14:textId="38440260" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241BF60B" w14:textId="5FBABD51" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19FDA48B" w14:textId="329E335A" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A24C8C7" w14:textId="70376643" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185B0ECE" w14:textId="7853AF0D" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D6F8B18" w14:textId="7B37FDD8" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E12376A" w14:textId="0BE49F60" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CC2CC63" w14:textId="3827D9BE" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD91773" w14:textId="02659749" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E696C6B" w14:textId="7D70EE61" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70760834" w14:textId="7B25B497" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708DEEE0" w14:textId="1012087B" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDC08F6" w14:textId="7A509AA2" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01492DD2" w14:textId="6F6F733B" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A48324" w14:textId="3F47BFE3" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E995011" w14:textId="1AA16588" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CC0E594" w14:textId="4F342A11" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F3EBD12" w14:textId="44E82EC9" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A57A74B" w14:textId="2FB9ACA8" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01217CA8" w14:textId="7CB7E16A" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="354F9C0A" w14:textId="4A220CAA" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="174CB837" w14:textId="7543E361" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4876F26E" w14:textId="77777777" w:rsidR="007B7BB5" w:rsidRPr="00DE7711" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C969A93" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F601D6E" w14:textId="77777777" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE34718" w14:textId="0C7B5981" w:rsidR="00E15F54" w:rsidRPr="00DE7711" w:rsidRDefault="00E15F54" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73256F3E" w14:textId="7E29A55D" w:rsidR="00F13E81" w:rsidRPr="00DE7711" w:rsidRDefault="00F13E81" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB9ED21" w14:textId="5DCAC6B4" w:rsidR="00F13E81" w:rsidRPr="00DE7711" w:rsidRDefault="00F13E81" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4735DEAD" w14:textId="78AC7347" w:rsidR="00F13E81" w:rsidRPr="00DE7711" w:rsidRDefault="00F13E81" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="149"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0080AC"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097BB20E" w14:textId="04C96081" w:rsidR="003A3DB0" w:rsidRPr="00E83449" w:rsidRDefault="00D2750F" w:rsidP="007B7BB5">
+      <w:pPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83449">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>REUNIR: Revista de Administração, Ciências Contábeis e Sustentabilidade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696A84DF" w14:textId="662BAE27" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
-        <w:t>A REUNIR procura adotar os princípios do </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="196CC41E" wp14:editId="63360F44">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1685290</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>146050</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4162425" cy="1026160"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="2540"/>
+                <wp:wrapNone/>
+                <wp:docPr id="19" name="Text Box 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4162425" cy="1026160"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="E7E8E8"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4B9527A9" w14:textId="341F5A55" w:rsidR="001E7EE5" w:rsidRPr="007B7BB5" w:rsidRDefault="00875C09" w:rsidP="001E7EE5">
+                            <w:pPr>
+                              <w:ind w:left="1082" w:right="1083"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>REUNIR:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3350D76D" w14:textId="136F1EFD" w:rsidR="00875C09" w:rsidRPr="007B7BB5" w:rsidRDefault="00875C09" w:rsidP="001E7EE5">
+                            <w:pPr>
+                              <w:ind w:left="1083" w:right="219"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>Revista de Administração, C</w:t>
+                            </w:r>
+                            <w:r w:rsidR="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">ontabilidade </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> e </w:t>
+                            </w:r>
+                            <w:r w:rsidR="001E7EE5" w:rsidRPr="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>S</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>ustentabilidade</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="770CB4EB" w14:textId="77777777" w:rsidR="001E7EE5" w:rsidRPr="007B7BB5" w:rsidRDefault="001E7EE5" w:rsidP="00D2750F">
+                            <w:pPr>
+                              <w:ind w:left="1083" w:right="1077"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="0080AC"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="3F654D5C" w14:textId="31D943D9" w:rsidR="00875C09" w:rsidRPr="007B7BB5" w:rsidRDefault="00875C09" w:rsidP="00D2750F">
+                            <w:pPr>
+                              <w:ind w:left="1083" w:right="1077"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007B7BB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>www.reunir.revistas.ufcg.edu.br</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="196CC41E" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:132.7pt;margin-top:11.5pt;width:327.75pt;height:80.8pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaJB6OBAIAAOkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817LU1HUFy0HqOEWB&#10;9AEk/QCKoiSiEpdd0pbcr8+SstwgvRW9EEtyd7gzO9xcj33HjgqdBlPwdLHkTBkJlTZNwX883r1Z&#10;c+a8MJXowKiCn5Tj19vXrzaDzVUGLXSVQkYgxuWDLXjrvc2TxMlW9cItwCpDlzVgLzxtsUkqFAOh&#10;912SLZerZACsLIJUztHp7XTJtxG/rpX03+raKc+6glNvPq4Y1zKsyXYj8gaFbbU8tyH+oYteaEOP&#10;XqBuhRfsgPovqF5LBAe1X0joE6hrLVXkQGzS5Qs2D62wKnIhcZy9yOT+H6z8evyOTFc0uw+cGdHT&#10;jB7V6NlHGFn2NugzWJdT2oOlRD/SOeVGrs7eg/zpmIFdK0yjbhBhaJWoqL80VCbPSiccF0DK4QtU&#10;9I44eIhAY419EI/kYIROczpdZhN6kXR4la6yq+wdZ5Lu0mW2SldxeonI53KLzn9S0LMQFBxp+BFe&#10;HO+dD+2IfE4JrznodHWnuy5usCl3HbKjIKPs3+/X+3Vk8CKtMyHZQCibEMNJ5BmoTST9WI6TpLN8&#10;JVQnIo4w+Y/+CwUt4G/OBvJewd2vg0DFWffZkHjBqHOAc1DOgTCSSgvuOZvCnZ8MfbCom5aQp/EY&#10;uCGBax2ph0lMXZzbJT9FRc7eD4Z9vo9Zf37o9gkAAP//AwBQSwMEFAAGAAgAAAAhAFbMBKnfAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IpXSj2krTCU3iBAe2Aee0MU1F&#10;4lRNthWeHnMaN1v+9Pv7q/XknTjiGPtACu5mGQikNpieOgVv+6fbJYiYNBntAqGCb4ywri8vKl2a&#10;cKItHnepExxCsdQKbEpDKWVsLXodZ2FA4ttnGL1OvI6dNKM+cbh3Ms+yQnrdE3+wesCNxfZrd/AK&#10;5t3Nq/x4Nz976QxuXtK2eQ5Wqeur6fEBRMIpnWH402d1qNmpCQcyUTgFeXG/YJSHOXdiYJVnKxAN&#10;k8tFAbKu5P8K9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGiQejgQCAADpAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVswEqd8AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" fillcolor="#e7e8e8" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="4B9527A9" w14:textId="341F5A55" w:rsidR="001E7EE5" w:rsidRPr="007B7BB5" w:rsidRDefault="00875C09" w:rsidP="001E7EE5">
+                      <w:pPr>
+                        <w:ind w:left="1082" w:right="1083"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>REUNIR:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3350D76D" w14:textId="136F1EFD" w:rsidR="00875C09" w:rsidRPr="007B7BB5" w:rsidRDefault="00875C09" w:rsidP="001E7EE5">
+                      <w:pPr>
+                        <w:ind w:left="1083" w:right="219"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>Revista de Administração, C</w:t>
+                      </w:r>
+                      <w:r w:rsidR="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">ontabilidade </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> e </w:t>
+                      </w:r>
+                      <w:r w:rsidR="001E7EE5" w:rsidRPr="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>S</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>ustentabilidade</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="770CB4EB" w14:textId="77777777" w:rsidR="001E7EE5" w:rsidRPr="007B7BB5" w:rsidRDefault="001E7EE5" w:rsidP="00D2750F">
+                      <w:pPr>
+                        <w:ind w:left="1083" w:right="1077"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="0080AC"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="3F654D5C" w14:textId="31D943D9" w:rsidR="00875C09" w:rsidRPr="007B7BB5" w:rsidRDefault="00875C09" w:rsidP="00D2750F">
+                      <w:pPr>
+                        <w:ind w:left="1083" w:right="1077"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B7BB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>www.reunir.revistas.ufcg.edu.br</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
-          <w:rStyle w:val="Forte"/>
-[...268 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CAC7582" wp14:editId="790C6F71">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-457200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>191135</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1066800" cy="930275"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21231"/>
+                <wp:lineTo x="21214" y="21231"/>
+                <wp:lineTo x="21214" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="29" name="Imagem 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Imagem 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1066800" cy="930275"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00EC23AC" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FE49DB7" wp14:editId="1A62EA44">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>146685</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="876300" cy="1096645"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21387"/>
                 <wp:lineTo x="21130" y="21387"/>
                 <wp:lineTo x="21130" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
@@ -2806,401 +3406,61 @@
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
             <w:pict>
               <v:line w14:anchorId="0BA48726" id="Line 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="45.45pt,6.95pt" to="541.6pt,6.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCICROTrgEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YztBiMOD2k7S7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJWmy3YT4Iokg+vfdEr+6OkxMHQ2zRd7JZ1FIYr1BbP3Ty58vjpy9S&#10;cASvwaE3nTwZlnfrjx9Wc2jNEkd02pBIIJ7bOXRyjDG0VcVqNBPwAoPxKdkjTRBTSEOlCeaEPrlq&#10;Wde31YykA6EyzOn0/jUp1wW/742KP/qeTRSuk4lbLCuVdZfXar2CdiAIo1VnGvAPLCawPl16hbqH&#10;CGJP9i+oySpCxj4uFE4V9r1VpmhIapr6DzXPIwRTtCRzOFxt4v8Hq74fNn5Lmbo6+ufwhOoXC4+b&#10;EfxgCoGXU0gP12Srqjlwe23JAYctid38DXWqgX3E4sKxpylDJn3iWMw+Xc02xyhUOrz9XDdNfSOF&#10;uuQqaC+NgTh+NTiJvOmksz77AC0cnjhmItBeSvKxx0frXHlL58WcwZc3pYHRWZ2TuYxp2G0ciQPk&#10;aShfUZUy78sI914XsNGAfjjvI1j3uk+XO382I+vPw8btDvVpSxeT0nMVlufRyvPwPi7dbz/A+jcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHeKyJ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqE0DqA1xKlQJrighFerNjY0dNV5HsZuGv2crDnBa7cxo9m2xmX3PJjPGLqCE+4UA&#10;ZrANukMrofl4vVsBi0mhVn1AI+HbRNiU11eFynU4Y2WmOllGJRhzJcGlNOScx9YZr+IiDAbJ+wqj&#10;V4nW0XI9qjOV+54vhXjiXnVIF5wazNaZ9lifvIQ3uz9+PlbVrmmyh63d+ffa7Scpb2/ml2dgyczp&#10;LwwXfEKHkpgO4YQ6sl7CWqwpSXpG8+KLVbYEdvhVeFnw/x+UPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCICROTrgEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCHeKyJ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight=".17569mm">
                 <w10:wrap anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36784B49" w14:textId="30BEA344" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00EC23AC" w:rsidP="00E15F54">
+    <w:p w14:paraId="36784B49" w14:textId="594C7B86" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Sugestão_de_roteiro_para_avaliação_de_um"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00DE7711">
-[...338 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3FECF50E" w14:textId="36D6BDD5" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0081E325" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11F3B9BE" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
@@ -3310,64 +3570,68 @@
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="0F6B571A" id="Line 22" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="47.25pt,7.1pt" to="543.4pt,7.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxZupr4QEAABAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRFrFDUdB+6wEuB&#10;il0+wLXHjbW+yfY26d8zdposNyGEeLF8mXPmnJnx5nY0mpwhROVsR5tVTQlY7oSyp45+fXj/6i0l&#10;MTErmHYWOnqBSG+3L19sBt/C2vVOCwgESWxsB9/RPiXfVlXkPRgWV86DxUfpgmEJj+FUicAGZDe6&#10;Wtf1TTW4IHxwHGLE27vpkW4Lv5TA02cpIySiO4raUllDWY95rbYb1p4C873iVxnsH1QYpiwmXaju&#10;WGLkKahfqIziwUUn04o7UzkpFYfiAd009U9u7nvmoXjB4kS/lCn+P1r+6XwIRAnsHXbKMoM92isL&#10;ZL3OtRl8bDFkZw8hu+Ojvfd7xx8jsW7XM3uCovHh4hHXZET1AyQfoscMx+GjExjDnpIrhRplMJkS&#10;S0DG0o/L0g8YE+F4efO6bpr6DSV8fqtYOwN9iOkDOEPypqMaRRdidt7HlIWwdg7JebTNaw9MvLOi&#10;dD0xpac9hubnIj2rnXzHdNEwQb+AxBqhoqakKNMJOx3ImeFcicfJeWbByAyRSusFVP8ZdI3NMCgT&#10;+7fAJbpkdDYtQKOsC7/LmsZZqpziZ9eT19yuoxOXQ5g7iWNXSnn9Inmuvz8X+PNH3n4DAAD//wMA&#10;UEsDBBQABgAIAAAAIQAMaQuD3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqENUohLiVFUlhLggmsLdjV0nYK8j20nD37MVh3LcmdHsm2o9O8smHWLvUcD9IgOmsfWqRyPg&#10;Y/98twIWk0QlrUct4EdHWNfXV5UslT/hTk9NMoxKMJZSQJfSUHIe2047GRd+0Eje0QcnE53BcBXk&#10;icqd5XmWFdzJHulDJwe97XT73YxOgH0N06fZmk0cX3ZF8/V+zN/2kxC3N/PmCVjSc7qE4YxP6FAT&#10;08GPqCKzAh6XD5QkfZkDO/vZqqAthz+F1xX/v6D+BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADFm6mvhAQAAEAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAAxpC4PcAAAACQEAAA8AAAAAAAAAAAAAAAAAOwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CC29F9" w14:textId="34A499E4" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00177FE5" w:rsidP="00EC23AC">
+    <w:p w14:paraId="35CC29F9" w14:textId="34A499E4" w:rsidR="003A3DB0" w:rsidRPr="007B7BB5" w:rsidRDefault="00177FE5" w:rsidP="007B7BB5">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="10"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007B7BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ARTIGO ORIGINAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7472FF1C" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00EC23AC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB1DB37" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00113B9A" w:rsidP="00EC23AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:ind w:left="149" w:hanging="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3532,95 +3796,182 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:ind w:left="149" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:w w:val="99"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="_bookmark0"/>
     <w:bookmarkStart w:id="2" w:name="_bookmark1"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="2AF17AF3" w14:textId="4B34AF29" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
+    <w:p w14:paraId="2AF17AF3" w14:textId="4CB7DF67" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45F55C2A" wp14:editId="1FC7B342">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70DD8482" wp14:editId="03797A0F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>641985</wp:posOffset>
+                  <wp:posOffset>2324735</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>69850</wp:posOffset>
+                  <wp:posOffset>117475</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1366520" cy="802640"/>
-                <wp:effectExtent l="0" t="6350" r="0" b="3810"/>
+                <wp:extent cx="4555490" cy="0"/>
+                <wp:effectExtent l="13335" t="15875" r="28575" b="22225"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Line 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4555490" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="3798">
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="1E5FE267" id="Line 21" o:spid="_x0000_s1026" style="position:absolute;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="183.05pt,9.25pt" to="541.75pt,9.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBri66pxQEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01z2yAQvXem/4HhXstW4jTRWM7BqXtx&#10;W88k+QFrQBJTxDKALfnfd8EfbdpbphcG2LePt/uWxePYG3ZQPmi0NZ9NppwpK1Bq29b89WX96Z6z&#10;EMFKMGhVzY8q8Mflxw+LwVWqxA6NVJ4RiQ3V4GrexeiqogiiUz2ECTplKdig7yHS0beF9DAQe2+K&#10;cjq9Kwb00nkUKgS6fToF+TLzN40S8UfTBBWZqTlpi3n1ed2ltVguoGo9uE6Lswx4h4oetKVHr1RP&#10;EIHtvf6HqtfCY8AmTgT2BTaNFirXQNXMpn9V89yBU7kWak5w1zaF/0crvh+2nmlJ3t1xZqEnjzba&#10;KlbOUm8GFyqCrOzWp+rEaJ/dBsXPwCyuOrCtyhpfjo7yckbxJiUdgqMXdsM3lISBfcTcqLHxfaKk&#10;FrAx+3G8+qHGyARd3s7n89sHsk1cYgVUl0TnQ/yqsGdpU3NDojMxHDYhknSCXiDpHYtrbUy221g2&#10;1Pzm88N9TghotEzBBAu+3a2MZweggSlvZusyzwiRvYF53FuZyToF8st5H0Gb057wxpKGS/2nTu5Q&#10;Hrc+aUv35GhWeZ6+NDJ/njPq9x9Z/gIAAP//AwBQSwMEFAAGAAgAAAAhAFDMKO7cAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYOjqqqjSd0KReOMHYtGvWmLZa4lRNtrX/&#10;Hk8c4Gb7PT1/r1xPzooLjqH3pGC5SEAgNd701CrYfdVPOYgQNRltPaGCGQOsq/u7UhfGX+kTL9vY&#10;Cg6hUGgFXYxDIWVoOnQ6LPyAxNq3H52OvI6tNKO+criz8jlJMul0T/yh0wNuOmxO27PjlPpg5v37&#10;vBo+prTeHIJdncJeqceH6e0VRMQp/pnhhs/oUDHT0Z/JBGEVpFm2ZCsL+QuImyHJU56OvxdZlfJ/&#10;heoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa4uuqcUBAABrAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUMwo7twAAAAKAQAADwAAAAAAAAAA&#10;AAAAAAAfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" strokecolor="#231f20" strokeweight=".1055mm">
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D06893B" w14:textId="54D38B7A" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="007D46EB" w:rsidP="007D46EB">
+      <w:pPr>
+        <w:spacing w:before="158" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="2552" w:right="3" w:hanging="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45F55C2A" wp14:editId="16D1EBB6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>641350</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>196850</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1366520" cy="586740"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Text Box 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1366520" cy="802640"/>
+                          <a:ext cx="1366520" cy="586740"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="E7E8E8"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -3661,271 +4012,174 @@
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="99"/>
                               </w:rPr>
                               <w:t>No máximo (03) três palavras-chave</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="45F55C2A" id="Text Box 20" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:50.55pt;margin-top:5.5pt;width:107.6pt;height:63.2pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDagghLAwIAAOgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2kLdFXUdBpdh5DG&#10;QNr4AY7jJBaOz5zdJuXXc3aabhpviBfrbJ+/+77vzpvroTPsqNBrsAVfzOacKSuh0rYp+I+nu3dr&#10;znwQthIGrCr4SXl+vX37ZtO7XC2hBVMpZARifd67grchuDzLvGxVJ/wMnLJ0WQN2ItAWm6xC0RN6&#10;Z7LlfL7KesDKIUjlPZ3ejpd8m/DrWsnwra69CswUnLiFtGJay7hm243IGxSu1fJMQ/wDi05oS0Uv&#10;ULciCHZA/RdUpyWChzrMJHQZ1LWWKmkgNYv5KzWPrXAqaSFzvLvY5P8frHw4fkemK+rdFWdWdNSj&#10;JzUE9gkGtkz+9M7nlPboKDEMdE65Sat39yB/emZh1wrbqBtE6FslKuK3iM5mL57GjvjcR5Cy/woV&#10;1RGHAAloqLGL5pEdjNCpT6dLbyIXGUu+X60+EiEm6W49X64+JHKZyKfXDn34rKBjMSg4Uu8Tujje&#10;+xDZiHxKicU8GF3daWPSBptyZ5AdBc3J/mq/3q+TgFdpxsZkC/HZiBhPksyobNQYhnJIji4jRFRd&#10;QnUi3Qjj+NF3oaAF/M1ZT6NXcP/rIFBxZr5Y8i7O6RTgFJRTIKykpwUPnI3hLozzfHCom5aQx+5Y&#10;uCF/a52kP7M406VxSo6cRz/O68t9ynr+oNs/AAAA//8DAFBLAwQUAAYACAAAACEANn5FAN0AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXBBLQ9FApemEJnGCA9uAc9qYpiJx&#10;qibbCr8ecxo3P/vp+Xv1ag5eHHBKQyQNalGAQOqiHajX8LZ7ur4HkbIha3wk1PCNCVbN+VltKhuP&#10;tMHDNveCQyhVRoPLeaykTJ3DYNIijkh8+4xTMJnl1Es7mSOHBy9vimIpgxmIPzgz4tph97XdBw1l&#10;f/UqP97tz056i+uXvGmfo9P68mJ+fACRcc4nM/zhMzo0zNTGPdkkPOtCKbbyoLgTG0q1LEG0vCjv&#10;bkE2tfxfofkFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2oIISwMCAADoAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANn5FAN0AAAAKAQAADwAA&#10;AAAAAAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" fillcolor="#e7e8e8" stroked="f">
+              <v:shape w14:anchorId="45F55C2A" id="Text Box 20" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:50.5pt;margin-top:15.5pt;width:107.6pt;height:46.2pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhIfMoAwIAAOgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817LdxjYEy0HqOEWB&#10;9AEk+QCKoiSiFJdd0pbcr++Ssp0gvQW9EEtyOTszu1xfD51hB4Vegy34bDLlTFkJlbZNwZ8e7z6s&#10;OPNB2EoYsKrgR+X59eb9u3XvcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMrSZQ3YiUBbbLIKRU/o&#10;ncnm0+ki6wErhyCV93R6O17yTcKvayXDj7r2KjBTcOIW0oppLeOabdYib1C4VssTDfEGFp3Qlope&#10;oG5FEGyP+h+oTksED3WYSOgyqGstVdJAambTV2oeWuFU0kLmeHexyf8/WPn98BOZrqh3S86s6KhH&#10;j2oI7DMMbJ786Z3PKe3BUWIY6Jxyk1bv7kH+8szCthW2UTeI0LdKVMRvFp3NXjyNHfG5jyBl/w0q&#10;qiP2ARLQUGMXzSM7GKFTn46X3kQuMpb8uFhcESEm6e5qtVh+SuQykZ9fO/Thi4KOxaDgSL1P6OJw&#10;70NkI/JzSizmwejqThuTNtiUW4PsIGhOdsvdardKAl6lGRuTLcRnI2I8STKjslFjGMohOTqPEFF1&#10;CdWRdCOM40ffhYIW8A9nPY1ewf3vvUDFmflqybs4p+cAz0F5DoSV9LTggbMx3IZxnvcOddMS8tgd&#10;Czfkb62T9GcWJ7o0TsmR0+jHeX25T1nPH3TzFwAA//8DAFBLAwQUAAYACAAAACEA8tRD7t0AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFDr/KCqCnEqVIkTHGgLnJ14iSPs&#10;dRS7beDp2Z7gtBrNaPabejN7J044xSGQgnyZgUDqghmoV/B2eFqsQcSkyWgXCBV8Y4RNc31V68qE&#10;M+3wtE+94BKKlVZgUxorKWNn0eu4DCMSe59h8jqxnHppJn3mcu9kkWUr6fVA/MHqEbcWu6/90Sso&#10;+7tX+fFufg7SGdy+pF37HKxStzfz4wOIhHP6C8MFn9GhYaY2HMlE4VhnOW9JXHa5HCjzVQGiZaco&#10;70E2tfw/ofkFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAISHzKAMCAADoAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8tRD7t0AAAAKAQAADwAA&#10;AAAAAAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" fillcolor="#e7e8e8" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6A9AD08B" w14:textId="77777777" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09">
                       <w:pPr>
                         <w:spacing w:before="176"/>
                         <w:ind w:left="189"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DE7711">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>PALAVRAS-CHAVE</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="503F67B2" w14:textId="77777777" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09">
                       <w:pPr>
                         <w:pStyle w:val="Corpodetexto"/>
                         <w:spacing w:before="25" w:line="252" w:lineRule="auto"/>
                         <w:ind w:left="189" w:right="299" w:hanging="6"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DE7711">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="99"/>
                         </w:rPr>
                         <w:t>No máximo (03) três palavras-chave</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00DE7711">
-[...88 lines deleted...]
-      <w:r w:rsidRPr="001E7EE5">
+      <w:r w:rsidR="00177FE5" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resumo:</w:t>
       </w:r>
       <w:r w:rsidR="008576B1" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001E7EE5">
+      <w:r w:rsidR="00177FE5" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O resumo</w:t>
       </w:r>
       <w:r w:rsidR="008576B1" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> conter no máximo 250 palavras </w:t>
       </w:r>
-      <w:r w:rsidRPr="001E7EE5">
+      <w:r w:rsidR="00177FE5" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="4ECB64D0" w14:textId="3E492A4A" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECB64D0" w14:textId="1B94697B" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D31537A" wp14:editId="647381D8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D31537A" wp14:editId="23B64A5D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2324735</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4555490" cy="0"/>
                 <wp:effectExtent l="13335" t="10795" r="28575" b="27305"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="15" name="Line 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4555490" cy="0"/>
                         </a:xfrm>
@@ -3940,110 +4194,110 @@
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0E6136E4" id="Line 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="183.05pt,16.85pt" to="541.75pt,16.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQDkmcPA+wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHaJSBUDjCyJ4nVZGx53NDeHictG4SKWNrj9//TuFwfx0FMGNg6quR9XkiB&#10;pJ2x1FXyY7fNHqXgCGRgcISVPCHLdX17U+5OHlkkmriSfYz+SSnWPY7AufNIadK6MEJMx9ApD3oP&#10;HapVUTwo7SgixSzOGbIuG2zhMESxOabrs0nCpXg+v5urKgneD1ZDTKJqnqpfuYADXwEnMj/ssotZ&#10;nsglnHvr+e7S8JpWE6xB8QYhvsCYPJQJrHDlGqfz65Zz2ciZa1urMW8Cbxbqr2zjPing9N/wJmHv&#10;OH2nq+WD6i8AAAD//wMAUEsDBBQABgAIAAAAIQAjsmrh1wAAAJQBAAALAAAAX3JlbHMvLnJlbHOk&#10;kMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6Rs&#10;YNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81E&#10;nGxtIwddrLvagHro+2fNvxkwbpjq5A3wye9AXW6lmf+wU3RMQlPtHCVN0xTdPaoObMsc3ZFtwjdy&#10;jWY5YDXgWTQO1LKu/Qj6vn74p97TRz7jutV+h4zrj1dvuhy/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;HuIZlRYCAAAqBAAADgAAAGRycy9lMm9Eb2MueG1srFNNj9owEL1X6n+wfIckEFiICKsqgV5oF2m3&#10;P8DYDrHq2JZtCKjqf+/YfGhpL1XVizOOZ57fzHtePJ86iY7cOqFVibNhihFXVDOh9iX+9rYezDBy&#10;nihGpFa8xGfu8PPy44dFbwo+0q2WjFsEIMoVvSlx670pksTRlnfEDbXhCg4bbTviYWv3CbOkB/RO&#10;JqM0nSa9tsxYTblz8Le+HOJlxG8aTv1L0zjukSwxcPNxtXHdhTVZLkixt8S0gl5pkH9g0RGh4NI7&#10;VE08QQcr/oDqBLXa6cYPqe4S3TSC8tgDdJOlv3Xz2hLDYy8wHGfuY3L/D5Z+PW4tEgy0m2CkSAca&#10;bYTiKJuH2fTGFZBSqa0N3dGTejUbTb87pHTVErXnkePb2UBdFiqSh5KwcQZu2PVfNIMccvA6DurU&#10;2C5AwgjQKepxvuvBTx5R+JlPJpN8DrLR21lCiluhsc5/5rpDISixBNIRmBw3zgcipLilhHuUXgsp&#10;o9xSob7E46f5LBY4LQULhyHN2f2ukhYdCRhmNM7Wo+gRAHtIs/qgWARrOWGra+yJkJcY8qUKeNAK&#10;0LlGF0f8mKfz1Ww1ywf5aLoa5GldDz6tq3wwXWdPk3pcV1Wd/QzUsrxoBWNcBXY3d2b536l/fScX&#10;X939eR9D8oge5wVkb99IOmoZ5LsYYafZeWtvGoMhY/L18QTHv99D/P6JL38BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB4lSDx3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWDo6&#10;ytQ1ndCkXjjBYNo1a7y2WuJUTba1/x5PHODmj0evHxfr0VlxwSF0nhTMZwkIpNqbjhoF31/V0xJE&#10;iJqMtp5QwYQB1uX9XaFz46/0iZdtbASHUMi1gjbGPpcy1C06HWa+R+Ld0Q9OR26HRppBXzncWfmc&#10;JJl0uiO+0OoeNy3Wp+3ZcUq1N9PufVr0H2NabfbBLk5hp9Tjw/i2AhFxjH8w3PRZHUp2OvgzmSCs&#10;gjTL5oxykb6CuAHJMn0BcfidyLKQ/18ofwAAAP//AwBQSwECLQAUAAYACAAAACEA5JnDwPsAAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQAj&#10;smrh1wAAAJQBAAALAAAAAAAAAAAAAAAAACwBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAe&#10;4hmVFgIAACoEAAAOAAAAAAAAAAAAAAAAACwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB4lSDx3QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokecolor="#231f20" strokeweight=".1055mm">
+              <v:line w14:anchorId="4F8677A3" id="Line 19" o:spid="_x0000_s1026" style="position:absolute;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="183.05pt,16.85pt" to="541.75pt,16.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAB1MC5xQEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG8fZTbux4uwh2/SS&#10;tpF2+wMmgG1UzCAgsfPvO5CP7ba3qhcEzMzjzXvD8nHsDTsqHzTampeTKWfKCpTatjX/8bL58MBZ&#10;iGAlGLSq5icV+OPq/bvl4Co1ww6NVJ4RiA3V4GrexeiqogiiUz2ECTplKdig7yHS0beF9DAQem+K&#10;2XT6sRjQS+dRqBDo9ukc5KuM3zRKxO9NE1RkpubELebV53Wf1mK1hKr14DotLjTgH1j0oC09eoN6&#10;ggjs4PVfUL0WHgM2cSKwL7BptFC5B+qmnP7RzXMHTuVeSJzgbjKF/wcrvh13nmlJ3s05s9CTR1tt&#10;FSsXSZvBhYpS1nbnU3ditM9ui+JnYBbXHdhWZY4vJ0d1Zaoo3pSkQ3D0wn74ipJy4BAxCzU2vk+Q&#10;JAEbsx+nmx9qjEzQ5f18Pr9fkG3iGiuguhY6H+IXhT1Lm5obIp2B4bgNMRGB6pqS3rG40cZku41l&#10;Q83vPi0eckFAo2UKprTg2/3aeHYEGpjZXbmZ5RkhsDdpHg9WZrBOgfx82UfQ5rynfGMvYqT+z0ru&#10;UZ52/ioSOZpZXqYvjczv51z9+kdWvwAAAP//AwBQSwMEFAAGAAgAAAAhAHiVIPHdAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNxYOjrK1DWd0KReOMFg2jVrvLZa4lRNtrX/&#10;Hk8c4OaPR68fF+vRWXHBIXSeFMxnCQik2puOGgXfX9XTEkSImoy2nlDBhAHW5f1doXPjr/SJl21s&#10;BIdQyLWCNsY+lzLULTodZr5H4t3RD05HbodGmkFfOdxZ+ZwkmXS6I77Q6h43Ldan7dlxSrU30+59&#10;WvQfY1pt9sEuTmGn1OPD+LYCEXGMfzDc9FkdSnY6+DOZIKyCNMvmjHKRvoK4AckyfQFx+J3IspD/&#10;Xyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAHUwLnFAQAAawMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHiVIPHdAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAHwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" strokecolor="#231f20" strokeweight=".1055mm">
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2809B750" w14:textId="1D9F0241" w:rsidR="00043AEA" w:rsidRPr="001E7EE5" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
+    <w:p w14:paraId="2809B750" w14:textId="162998B1" w:rsidR="00043AEA" w:rsidRPr="001E7EE5" w:rsidRDefault="007D46EB" w:rsidP="007D46EB">
       <w:pPr>
         <w:spacing w:before="158" w:line="266" w:lineRule="auto"/>
-        <w:ind w:left="2901" w:right="268" w:hanging="1"/>
+        <w:ind w:left="2552" w:right="3" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685C7105" wp14:editId="690697FF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685C7105" wp14:editId="764CBBFF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>641985</wp:posOffset>
+                  <wp:posOffset>600075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>27305</wp:posOffset>
+                  <wp:posOffset>217805</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1366520" cy="851535"/>
-                <wp:effectExtent l="0" t="1905" r="0" b="0"/>
+                <wp:extent cx="1366520" cy="641350"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Text Box 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1366520" cy="851535"/>
+                          <a:ext cx="1366520" cy="641350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="E7E8E8"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -4101,51 +4355,51 @@
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> more than (03) three keywords</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="685C7105" id="Text Box 18" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:50.55pt;margin-top:2.15pt;width:107.6pt;height:67.05pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAX4w6AwIAAOgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z103NqZq3enY7RDS&#10;cSDd8QPSNG0j2jg42drx63HSdRzwhniJnNj+7O+zs70ZupadFDoNJufpbM6ZMhJKbeqcf32+f7Ph&#10;zHlhStGCUTk/K8dvdq9fbXubqQU00JYKGYEYl/U25433NksSJxvVCTcDqww5K8BOeLpinZQoekLv&#10;2mQxn6+THrC0CFI5R693o5PvIn5VKek/V5VTnrU5p958PDGeRTiT3VZkNQrbaHlpQ/xDF53Qhope&#10;oe6EF+yI+i+oTksEB5WfSegSqCotVeRAbNL5H2yeGmFV5ELiOHuVyf0/WPl4+oJMlzS7t5wZ0dGM&#10;ntXg2XsYWLoJ+vTWZRT2ZCnQD/ROsZGrsw8gvzlmYN8IU6tbROgbJUrqLw2ZyYvUEccFkKL/BCXV&#10;EUcPEWiosAvikRyM0GlO5+tsQi8ylFyu16sFuST5Nqt0tVzFEiKbsi06/0FBx4KRc6TZR3RxenA+&#10;dCOyKSQUc9Dq8l63bbxgXexbZCdBe3J4d9gcInVK+S2sNSHYQEgbEcNLpBmYjRz9UAxR0eWkXgHl&#10;mXgjjOtH34WMBvAHZz2tXs7d96NAxVn70ZB2YU8nAyejmAxhJKXm3HM2mns/7vPRoq4bQh6nY+CW&#10;9K10pB4GMXZxaZfWKSpyWf2wry/vMerXB939BAAA//8DAFBLAwQUAAYACAAAACEAMvEINN0AAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIvSDqhFRVFeJUqBIneqAt7dmJlzjC&#10;Xkex2wa+nuUEtx290exMtZ68ExccYx9IQT7PQCC1wfTUKXg/vDysQMSkyWgXCBV8YYR1fXtT6dKE&#10;K+3wsk+d4BCKpVZgUxpKKWNr0es4DwMSs48wep1Yjp00o75yuHfyMcuW0uue+IPVA24stp/7s1dQ&#10;dPdv8nQ03wfpDG62ade8BqvU7G56fgKRcEp/Zvitz9Wh5k5NOJOJwrHO8pytChYFCOZFvuSjYVCs&#10;FiDrSv5fUP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwF+MOgMCAADoAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAMvEINN0AAAAJAQAADwAA&#10;AAAAAAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" fillcolor="#e7e8e8" stroked="f">
+              <v:shape w14:anchorId="685C7105" id="Text Box 18" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:47.25pt;margin-top:17.15pt;width:107.6pt;height:50.5pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfxXa5BAIAAOgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjiXNguMOkWXpsOA&#10;7gK0+wBZlm1hsqhRSuzs60fJcdZtb8NeBEokD3kOqZvboTPsqNBrsAVfzOacKSuh0rYp+Nfnhzcb&#10;znwQthIGrCr4SXl+u3396qZ3uVpCC6ZSyAjE+rx3BW9DcHmWedmqTvgZOGXJWQN2ItAVm6xC0RN6&#10;Z7LlfL7OesDKIUjlPb3ej06+Tfh1rWT4XNdeBWYKTr2FdGI6y3hm2xuRNyhcq+W5DfEPXXRCWyp6&#10;gboXQbAD6r+gOi0RPNRhJqHLoK61VIkDsVnM/2Dz1AqnEhcSx7uLTP7/wcpPxy/IdEWzu+LMio5m&#10;9KyGwN7BwBabqE/vfE5hT44Cw0DvFJu4evcI8ptnFnatsI26Q4S+VaKi/hYxM3uROuL4CFL2H6Gi&#10;OuIQIAENNXZRPJKDETrN6XSZTexFxpKr9fp6SS5JvvXVYnWdhpeJfMp26MN7BR2LRsGRZp/QxfHR&#10;h9iNyKeQWMyD0dWDNiZdsCl3BtlR0J7s3+43+0SdUn4LMzYGW4hpI2J8STQjs5FjGMohKbqa1Cuh&#10;OhFvhHH96LuQ0QL+4Kyn1Su4/34QqDgzHyxpF/d0MnAyyskQVlJqwQNno7kL4z4fHOqmJeRxOhbu&#10;SN9aJ+pxEGMX53ZpnZIi59WP+/rynqJ+fdDtTwAAAP//AwBQSwMEFAAGAAgAAAAhAJjwRWHdAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdcAt0BCnQpU4wYG2wNmJlzjC&#10;Xkex2wa+nuUEx9WM3rytVlPw4oBj6iNpuJoVIJDaaHvqNLzuHi/vQKRsyBofCTV8YYJVfXpSmdLG&#10;I23wsM2dYAil0mhwOQ+llKl1GEyaxQGJs484BpP5HDtpR3NkePDyuihuZDA98YIzA64dtp/bfdCg&#10;uosX+f5mv3fSW1w/503zFJ3W52fTwz2IjFP+K8OvPqtDzU5N3JNNwmtYzhfcZNZcgeBcFctbEA0X&#10;1UKBrCv5/4P6BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ/FdrkEAgAA6AMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJjwRWHdAAAACQEAAA8A&#10;AAAAAAAAAAAAAAAAXgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" fillcolor="#e7e8e8" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0080500C" w14:textId="77777777" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09">
                       <w:pPr>
                         <w:spacing w:before="173"/>
                         <w:ind w:left="189"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DE7711">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>KEYWORDS</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="558B9335" w14:textId="77777777" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09" w:rsidP="004276C6">
@@ -4188,346 +4442,61 @@
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007E73A4" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
       <w:r w:rsidR="00043AEA" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="446202DF" w14:textId="5A4AA824" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446202DF" w14:textId="2D567A8E" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00101F57" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
-[...275 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="753B30C4" wp14:editId="1F54C572">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2329815</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>133350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4451985" cy="0"/>
                 <wp:effectExtent l="18415" t="19050" r="25400" b="19050"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="12" name="Line 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4562,212 +4531,454 @@
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main">
             <w:pict>
               <v:line w14:anchorId="6E4FC2A8" id="Line 17" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="183.45pt,10.5pt" to="534pt,10.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQDkmcPA+wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHaJSBUDjCyJ4nVZGx53NDeHictG4SKWNrj9//TuFwfx0FMGNg6quR9XkiB&#10;pJ2x1FXyY7fNHqXgCGRgcISVPCHLdX17U+5OHlkkmriSfYz+SSnWPY7AufNIadK6MEJMx9ApD3oP&#10;HapVUTwo7SgixSzOGbIuG2zhMESxOabrs0nCpXg+v5urKgneD1ZDTKJqnqpfuYADXwEnMj/ssotZ&#10;nsglnHvr+e7S8JpWE6xB8QYhvsCYPJQJrHDlGqfz65Zz2ciZa1urMW8Cbxbqr2zjPing9N/wJmHv&#10;OH2nq+WD6i8AAAD//wMAUEsDBBQABgAIAAAAIQAjsmrh1wAAAJQBAAALAAAAX3JlbHMvLnJlbHOk&#10;kMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6Rs&#10;YNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81E&#10;nGxtIwddrLvagHro+2fNvxkwbpjq5A3wye9AXW6lmf+wU3RMQlPtHCVN0xTdPaoObMsc3ZFtwjdy&#10;jWY5YDXgWTQO1LKu/Qj6vn74p97TRz7jutV+h4zrj1dvuhy/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;yJsFFxYCAAAqBAAADgAAAGRycy9lMm9Eb2MueG1srFNNj9owEL1X6n+wfIeQEFiICKsqgV5oF2m3&#10;P8DYDrHq2JZtCKjqf+/YfGhpL1XVizOOZ57fzHtePJ86iY7cOqFVidPhCCOuqGZC7Uv87W09mGHk&#10;PFGMSK14ic/c4eflxw+L3hQ8062WjFsEIMoVvSlx670pksTRlnfEDbXhCg4bbTviYWv3CbOkB/RO&#10;JtloNE16bZmxmnLn4G99OcTLiN80nPqXpnHcI1li4ObjauO6C2uyXJBib4lpBb3SIP/AoiNCwaV3&#10;qJp4gg5W/AHVCWq1040fUt0lumkE5bEH6CYd/dbNa0sMj73AcJy5j8n9P1j69bi1SDDQLsNIkQ40&#10;2gjFUfoUZtMbV0BKpbY2dEdP6tVsNP3ukNJVS9SeR45vZwN1aahIHkrCxhm4Ydd/0QxyyMHrOKhT&#10;Y7sACSNAp6jH+a4HP3lE4WeeT9L5bIIRvZ0lpLgVGuv8Z647FIISSyAdgclx43wgQopbSrhH6bWQ&#10;MsotFepLPH6az2KB01KwcBjSnN3vKmnRkYBhsnG6zqJHAOwhzeqDYhGs5YStrrEnQl5iyJcq4EEr&#10;QOcaXRzxYz6ar2arWT7Is+lqkI/qevBpXeWD6Tp9mtTjuqrq9GegluZFKxjjKrC7uTPN/0796zu5&#10;+Oruz/sYkkf0OC8ge/tG0lHLIN/FCDvNzlt70xgMGZOvjyc4/v0e4vdPfPkLAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCFrzZ33QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlfoO1lbqrTj8&#10;KKJpHISQcuFUaBFXE2+TCHsdxQaSt2dRD+1td2c0+02+GpwVV+xD60nBdJKAQKq8aalW8P1Vvi1B&#10;hKjJaOsJFYwYYFU8P+U6M/5GO7zuYy04hEKmFTQxdpmUoWrQ6TDxHRJrP753OvLa19L0+sbhzspZ&#10;kqTS6Zb4Q6M73DRYnfcXxynl0YyH7bjoPod5uTkGuziHg1KvL8P6A0TEIf6Z4YHP6FAw08lfyARh&#10;FczT9J2tCmZT7vQwJOmSp9PvRRa5/F+huAMAAP//AwBQSwECLQAUAAYACAAAACEA5JnDwPsAAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQAj&#10;smrh1wAAAJQBAAALAAAAAAAAAAAAAAAAACwBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDI&#10;mwUXFgIAACoEAAAOAAAAAAAAAAAAAAAAACwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCFrzZ33QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokecolor="#231f20" strokeweight=".1055mm">
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F14F69B" w14:textId="2BB7944E" w:rsidR="00F472F9" w:rsidRPr="001E7EE5" w:rsidRDefault="00320D3A" w:rsidP="00E15F54">
+    <w:p w14:paraId="7F14F69B" w14:textId="529AA49B" w:rsidR="00F472F9" w:rsidRDefault="007D46EB" w:rsidP="007D46EB">
       <w:pPr>
         <w:spacing w:before="158" w:line="266" w:lineRule="auto"/>
-        <w:ind w:left="2901" w:right="268" w:hanging="1"/>
+        <w:ind w:left="2552" w:right="3" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E7EE5">
+      <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D68B6D7" wp14:editId="61D63F9C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>641350</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1366520" cy="805180"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="13" name="Text Box 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1366520" cy="805180"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="E7E8E8"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="38687EA9" w14:textId="77777777" w:rsidR="007D46EB" w:rsidRDefault="007D46EB" w:rsidP="00F472F9">
+                            <w:pPr>
+                              <w:pStyle w:val="Corpodetexto"/>
+                              <w:spacing w:before="26" w:line="252" w:lineRule="auto"/>
+                              <w:ind w:left="189" w:right="24" w:hanging="6"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="35CA201E" w14:textId="08337051" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09" w:rsidP="00F472F9">
+                            <w:pPr>
+                              <w:pStyle w:val="Corpodetexto"/>
+                              <w:spacing w:before="26" w:line="252" w:lineRule="auto"/>
+                              <w:ind w:left="189" w:right="24" w:hanging="6"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DE7711">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t>PALABRAS CLAVE</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="263EFB49" w14:textId="15E7A9A0" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09" w:rsidP="00F472F9">
+                            <w:pPr>
+                              <w:pStyle w:val="Corpodetexto"/>
+                              <w:spacing w:before="26" w:line="252" w:lineRule="auto"/>
+                              <w:ind w:left="189" w:right="24" w:hanging="6"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DE7711">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:color w:val="231F20"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Enel máximo (03) </w:t>
+                            </w:r>
+                            <w:r w:rsidR="008576B1" w:rsidRPr="00DE7711">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:color w:val="231F20"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">três </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DE7711">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:color w:val="231F20"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t>palabras</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008576B1" w:rsidRPr="00DE7711">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:color w:val="231F20"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DE7711">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:color w:val="231F20"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t>clave</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3D68B6D7" id="Text Box 26" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:50.5pt;margin-top:13.55pt;width:107.6pt;height:63.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRWTo5AwIAAOgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L07SNQuMOEWXpsOA&#10;rhvQ7gNkWbaFyaJGKbGzrx8lx1nR3YZdBEokH/keqc3N0Bl2VOg12IIvZnPOlJVQadsU/Pvz/bs1&#10;Zz4IWwkDVhX8pDy/2b59s+ldrpbQgqkUMgKxPu9dwdsQXJ5lXraqE34GTlly1oCdCHTFJqtQ9ITe&#10;mWw5n6+yHrByCFJ5T693o5NvE35dKxm+1rVXgZmCU28hnZjOMp7ZdiPyBoVrtTy3If6hi05oS0Uv&#10;UHciCHZA/RdUpyWChzrMJHQZ1LWWKnEgNov5KzZPrXAqcSFxvLvI5P8frHw8fkOmK5rdFWdWdDSj&#10;ZzUE9hEGtlxFfXrncwp7chQYBnqn2MTVuweQPzyzsGuFbdQtIvStEhX1t4iZ2YvUEcdHkLL/AhXV&#10;EYcACWiosYvikRyM0GlOp8tsYi8ylrxara6X5JLkW8+vF+s0vEzkU7ZDHz4p6Fg0Co40+4Qujg8+&#10;xG5EPoXEYh6Mru61MemCTbkzyI6C9mT/Yb/erxOBV2HGxmALMW1EjC+JZmQ2cgxDOSRF30/qlVCd&#10;iDfCuH70XchoAX9x1tPqFdz/PAhUnJnPlrSLezoZOBnlZAgrKbXggbPR3IVxnw8OddMS8jgdC7ek&#10;b60T9TiIsYtzu7ROSZHz6sd9fXlPUX8+6PY3AAAA//8DAFBLAwQUAAYACAAAACEA7d4m5d4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1fkSBEKdClTjBgbbA2YmXOMJe&#10;R7HbBp6e5VSOoxnNfFOvZu/EAac4BFKQLzIQSF0wA/UK3nZP13cgYtJktAuECr4xwqo5P6t1ZcKR&#10;NnjYpl5wCcVKK7ApjZWUsbPodVyEEYm9zzB5nVhOvTSTPnK5d7LIsqX0eiBesHrEtcXua7v3Csr+&#10;6lV+vJufnXQG1y9p0z4Hq9Tlxfz4ACLhnE5h+MNndGiYqQ17MlE41lnOX5KC4jYHwYEyXxYgWnZu&#10;ynuQTS3/X2h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANFZOjkDAgAA6AMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO3eJuXeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" fillcolor="#e7e8e8" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="38687EA9" w14:textId="77777777" w:rsidR="007D46EB" w:rsidRDefault="007D46EB" w:rsidP="00F472F9">
+                      <w:pPr>
+                        <w:pStyle w:val="Corpodetexto"/>
+                        <w:spacing w:before="26" w:line="252" w:lineRule="auto"/>
+                        <w:ind w:left="189" w:right="24" w:hanging="6"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="35CA201E" w14:textId="08337051" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09" w:rsidP="00F472F9">
+                      <w:pPr>
+                        <w:pStyle w:val="Corpodetexto"/>
+                        <w:spacing w:before="26" w:line="252" w:lineRule="auto"/>
+                        <w:ind w:left="189" w:right="24" w:hanging="6"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DE7711">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>PALABRAS CLAVE</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="263EFB49" w14:textId="15E7A9A0" w:rsidR="00875C09" w:rsidRPr="00DE7711" w:rsidRDefault="00875C09" w:rsidP="00F472F9">
+                      <w:pPr>
+                        <w:pStyle w:val="Corpodetexto"/>
+                        <w:spacing w:before="26" w:line="252" w:lineRule="auto"/>
+                        <w:ind w:left="189" w:right="24" w:hanging="6"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DE7711">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:color w:val="231F20"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Enel máximo (03) </w:t>
+                      </w:r>
+                      <w:r w:rsidR="008576B1" w:rsidRPr="00DE7711">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:color w:val="231F20"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">três </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DE7711">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:color w:val="231F20"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>palabras</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008576B1" w:rsidRPr="00DE7711">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:color w:val="231F20"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DE7711">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:color w:val="231F20"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>clave</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00320D3A" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resumen:</w:t>
       </w:r>
       <w:r w:rsidR="00F472F9" w:rsidRPr="001E7EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F472F9" w:rsidRPr="001E7EE5">
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB8FB9A" w14:textId="16990017" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:spacing w:before="158" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="2901" w:right="268" w:hanging="1"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...46 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="44DFC609" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00350804" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_bookmark2"/>
       <w:bookmarkStart w:id="4" w:name="Introdução"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Introd</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:w w:val="99"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ução</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BD14BF" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="8"/>
         <w:ind w:right="-5" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BD1B630" w14:textId="77777777" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="008C2EAC" w:rsidP="00E15F54">
+    <w:p w14:paraId="0BD1B630" w14:textId="4AF2F376" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>RrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrRrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00805119" w:rsidRPr="00DE7711">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008C2EAC" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>RrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrRrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+      <w:r w:rsidR="00805119" w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51408B88" w14:textId="77777777" w:rsidR="00F10EE7" w:rsidRPr="00DE7711" w:rsidRDefault="00F10EE7" w:rsidP="00E15F54">
       <w:pPr>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3435C6E9" w14:textId="77777777" w:rsidR="003B0A3B" w:rsidRPr="00DE7711" w:rsidRDefault="00F10EE7" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -4798,64 +5009,73 @@
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>óri</w:t>
       </w:r>
       <w:r w:rsidR="00D74D92" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>cos da pesquisa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1C9EB5" w14:textId="77777777" w:rsidR="00AF1674" w:rsidRPr="00DE7711" w:rsidRDefault="00AF1674" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B0132DC" w14:textId="1BBF5ED3" w:rsidR="00D74D92" w:rsidRDefault="00D74D92" w:rsidP="00E15F54">
+    <w:p w14:paraId="7B0132DC" w14:textId="7AD14FE5" w:rsidR="00D74D92" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D74D92" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668A7821" w14:textId="77777777" w:rsidR="00DE7711" w:rsidRPr="00DE7711" w:rsidRDefault="00DE7711" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09DF4B25" w14:textId="77777777" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="00805119" w:rsidP="00E15F54">
       <w:pPr>
         <w:ind w:right="-5"/>
@@ -4868,2659 +5088,2441 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:w w:val="99"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Elementos metodológicos da pesquisa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56529059" w14:textId="77777777" w:rsidR="00372FFC" w:rsidRPr="00DE7711" w:rsidRDefault="00372FFC" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3878923B" w14:textId="77777777" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="00805119" w:rsidP="00E15F54">
+    <w:p w14:paraId="3878923B" w14:textId="4EF3D222" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="048EAA7E" w14:textId="77777777" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="00805119" w:rsidP="00E15F54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00805119" w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048EAA7E" w14:textId="34417A0B" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00805119" w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EECA1DB" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="003A3DB0" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="370A2F4B" w14:textId="77777777" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00177FE5" w:rsidP="00E15F54">
+    <w:p w14:paraId="621E7A03" w14:textId="77777777" w:rsidR="007B7BB5" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="142" w:right="-5" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+    </w:p>
+    <w:p w14:paraId="370A2F4B" w14:textId="2BF49C57" w:rsidR="003A3DB0" w:rsidRPr="00DE7711" w:rsidRDefault="00E83449" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:left="142" w:right="-5" w:hanging="142"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00556D0F" w:rsidRPr="00DE7711">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">presentação e discussão dos </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:t xml:space="preserve">Resultados </w:t>
+      </w:r>
+      <w:r w:rsidR="00556D0F" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>resultados</w:t>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00556D0F" w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iscussão </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC516D5" w14:textId="77777777" w:rsidR="00372FFC" w:rsidRPr="00DE7711" w:rsidRDefault="00372FFC" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5009A0E6" w14:textId="77777777" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="00805119" w:rsidP="00E15F54">
+    <w:p w14:paraId="5009A0E6" w14:textId="768DAD62" w:rsidR="00805119" w:rsidRPr="00DE7711" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00805119" w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r w:rsidR="00E83449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
-        </w:rPr>
-        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rrrrrrrrrrrrrrr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A086AA4" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C0B6E10" w14:textId="77777777" w:rsidR="006832B0" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
-[...21 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5E233C3F" w14:textId="753BA8A6" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DE7711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Tabela 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83449">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="006832B0" w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="008576B1" w:rsidRPr="00DE7711">
+      <w:r w:rsidRPr="00DE7711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>rrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4830" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1360"/>
         <w:gridCol w:w="867"/>
         <w:gridCol w:w="868"/>
         <w:gridCol w:w="867"/>
         <w:gridCol w:w="868"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="626AB12D" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="626AB12D" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08CB1E13" w14:textId="00C3748C" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="08CB1E13" w14:textId="00C3748C" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrrrrrrrs</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="734D6291" w14:textId="3D1A7C6B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E15F54">
+          <w:p w14:paraId="734D6291" w14:textId="3D1A7C6B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACB4032" w14:textId="48EE54C6" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E15F54">
+          <w:p w14:paraId="7ACB4032" w14:textId="48EE54C6" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="2B89CAC7" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="2B89CAC7" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="321C04A8" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="321C04A8" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77EB7DCA" w14:textId="311E8AC3" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E15F54">
+          <w:p w14:paraId="77EB7DCA" w14:textId="311E8AC3" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2045A9A4" w14:textId="49472C59" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E15F54">
+          <w:p w14:paraId="2045A9A4" w14:textId="49472C59" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="52B4F8EB" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="52B4F8EB" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6034F1BC" w14:textId="375120FE" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E15F54">
+          <w:p w14:paraId="6034F1BC" w14:textId="375120FE" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="003B43FF" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="6A2A9109" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="6A2A9109" w14:textId="2D8002C9" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E0AFB01" w14:textId="67A30628" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="7E0AFB01" w14:textId="67A30628" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="064C556B" w14:textId="732EC823" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="064C556B" w14:textId="732EC823" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3975ADAF" w14:textId="539C02D4" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="3975ADAF" w14:textId="539C02D4" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7294D4CF" w14:textId="6D8EDB8B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="7294D4CF" w14:textId="6D8EDB8B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="5038C43B" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="5038C43B" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03BE229F" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="03BE229F" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3042D9AC" w14:textId="5BDCD1B4" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="3042D9AC" w14:textId="5BDCD1B4" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FA55FE6" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="0FA55FE6" w14:textId="22F7A05A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="565CA7CF" w14:textId="7A74E79B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="565CA7CF" w14:textId="7A74E79B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B9EA550" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="3B9EA550" w14:textId="10CF738A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="03D4763D" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="03D4763D" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CCCE0EE" w14:textId="262E3945" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="2CCCE0EE" w14:textId="262E3945" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ADDC79A" w14:textId="044CD045" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="4ADDC79A" w14:textId="044CD045" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="393F412D" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="393F412D" w14:textId="01903C9E" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AB43A35" w14:textId="22436A89" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="4AB43A35" w14:textId="22436A89" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F29DB71" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="7F29DB71" w14:textId="157237D1" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="2440DC25" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="2440DC25" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08C8C320" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="08C8C320" w14:textId="59D40C2A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18F2689C" w14:textId="287F5B86" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="18F2689C" w14:textId="287F5B86" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26A3F52D" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="26A3F52D" w14:textId="36E3984A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B018447" w14:textId="0EAFFEFA" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="7B018447" w14:textId="0EAFFEFA" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="043C9C32" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="043C9C32" w14:textId="545615C4" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="106E7566" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="106E7566" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="244060D4" w14:textId="68B1D4BA" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="244060D4" w14:textId="68B1D4BA" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54CF6BBF" w14:textId="2EDFE70A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="54CF6BBF" w14:textId="2EDFE70A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34656A36" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="34656A36" w14:textId="058DD39A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A85BB5" w14:textId="04362F64" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="31A85BB5" w14:textId="04362F64" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22D2EA2D" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="22D2EA2D" w14:textId="2CFB74CB" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="74A32B7F" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="74A32B7F" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="789A949B" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="789A949B" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D43F43F" w14:textId="72F04DCB" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="5D43F43F" w14:textId="72F04DCB" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12FDEB22" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="12FDEB22" w14:textId="45BC4BEA" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32322D73" w14:textId="072D86B7" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="32322D73" w14:textId="072D86B7" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A067429" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="4A067429" w14:textId="63B92460" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="3EC2D60C" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="3EC2D60C" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32C8A8D7" w14:textId="288C04D6" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="32C8A8D7" w14:textId="288C04D6" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="570203C4" w14:textId="566D6679" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="570203C4" w14:textId="566D6679" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="035750DF" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="035750DF" w14:textId="50B564F2" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47C6263F" w14:textId="49322529" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="47C6263F" w14:textId="49322529" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17B61150" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="17B61150" w14:textId="59EE6B3C" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="1D71BB47" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="1D71BB47" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="539A55BD" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="539A55BD" w14:textId="2A94B60A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62D80328" w14:textId="5B569243" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="62D80328" w14:textId="5B569243" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>00000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13FE0B06" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="13FE0B06" w14:textId="26185DEC" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13F99177" w14:textId="675B283E" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="13F99177" w14:textId="675B283E" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="684E431E" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="684E431E" w14:textId="0FD7FABB" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="5E66396F" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="5E66396F" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F2A636B" w14:textId="09C2D8FE" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="2F2A636B" w14:textId="09C2D8FE" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0834C46F" w14:textId="7CD28059" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="0834C46F" w14:textId="7CD28059" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B609184" w14:textId="43C4B3F8" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="6B609184" w14:textId="43C4B3F8" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72BB61D2" w14:textId="6242F18E" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="72BB61D2" w14:textId="6242F18E" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19A4B2A6" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="19A4B2A6" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="68C2DB99" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="68C2DB99" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12B63AD5" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="12B63AD5" w14:textId="6BBAA329" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73FBB93E" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="73FBB93E" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(0,035)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AFE84C0" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="1AFE84C0" w14:textId="721243D1" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31376BBA" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="31376BBA" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(0,045)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="362C9E54" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="362C9E54" w14:textId="41C0A6BB" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="103EE864" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="103EE864" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C346369" w14:textId="7C7DD670" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="2C346369" w14:textId="7C7DD670" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70D67C59" w14:textId="2FE6314D" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="70D67C59" w14:textId="2FE6314D" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F6D4DED" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="6F6D4DED" w14:textId="16C92CE0" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F537701" w14:textId="2D3C3468" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="4F537701" w14:textId="2D3C3468" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50094F95" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="50094F95" w14:textId="3ECB5827" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="729ECFC1" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="729ECFC1" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5865EEF6" w14:textId="6AE482C0" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="5865EEF6" w14:textId="6AE482C0" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="598D3AC4" w14:textId="46E1405C" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="598D3AC4" w14:textId="46E1405C" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A146485" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="1A146485" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B610AB3" w14:textId="1BF468CC" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="1B610AB3" w14:textId="1BF468CC" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74E43A55" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="74E43A55" w14:textId="1A01B4A6" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>* </w:t>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="27CB4D14" w14:textId="77777777" w:rsidTr="008576B1">
+      <w:tr w:rsidR="008576B1" w:rsidRPr="00DE7711" w14:paraId="27CB4D14" w14:textId="77777777" w:rsidTr="00E83449">
         <w:trPr>
           <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0498663D" w14:textId="08DA2A3B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="0498663D" w14:textId="08DA2A3B" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Rrrrr</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6596DD2B" w14:textId="7C6793DC" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="6596DD2B" w14:textId="7C6793DC" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67AF9E80" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="67AF9E80" w14:textId="4E7C0E09" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57607335" w14:textId="1EAD88F7" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="57607335" w14:textId="1EAD88F7" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7711">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A30A8DF" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+          <w:p w14:paraId="2A30A8DF" w14:textId="08333EEC" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E83449">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE7711">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D58B87B" w14:textId="22471B6A" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+    <w:p w14:paraId="3D58B87B" w14:textId="31019A6F" w:rsidR="008576B1" w:rsidRPr="00E83449" w:rsidRDefault="008576B1" w:rsidP="00E83449">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r w:rsidRPr="00E83449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Fonte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r w:rsidRPr="00E83449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:t>: Rrrrrr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Rrrrrr</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:tab/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAA13B7" w14:textId="4310CB37" w:rsidR="008576B1" w:rsidRPr="00E83449" w:rsidRDefault="008576B1" w:rsidP="00E83449">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:tab/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+      </w:pPr>
+      <w:r w:rsidRPr="00E83449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7711">
+      <w:r w:rsidRPr="00E83449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: * e ** </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DE7711">
+        <w:t>: * e ** rrrrrrr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC2FC78" w14:textId="77777777" w:rsidR="008576B1" w:rsidRPr="00DE7711" w:rsidRDefault="008576B1" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>rrrrrrr</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="576DB9EB" w14:textId="4A1EF5B9" w:rsidR="00805119" w:rsidRPr="0054440A" w:rsidRDefault="00805119" w:rsidP="00E15F54">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576DB9EB" w14:textId="048B7ED7" w:rsidR="00805119" w:rsidRPr="0054440A" w:rsidRDefault="007B7BB5" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0054440A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00805119" w:rsidRPr="0054440A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C595D9" w14:textId="1972C693" w:rsidR="00DE7711" w:rsidRPr="0054440A" w:rsidRDefault="00DE7711" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12AD4F24" w14:textId="1C6D8A92" w:rsidR="0054440A" w:rsidRPr="004B3FE9" w:rsidRDefault="0054440A" w:rsidP="0054440A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
@@ -7529,94 +7531,172 @@
       </w:pPr>
       <w:r w:rsidRPr="004B3FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Considerações Finais</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6338BCBB" w14:textId="77777777" w:rsidR="0054440A" w:rsidRPr="0054440A" w:rsidRDefault="0054440A" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4362FE74" w14:textId="77777777" w:rsidR="00FB61AF" w:rsidRPr="0054440A" w:rsidRDefault="00FB61AF" w:rsidP="00E15F54">
+    <w:p w14:paraId="2B2C2D55" w14:textId="77777777" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="-5" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0054440A">
+        <w:sectPr w:rsidR="00E83449" w:rsidSect="007B7BB5">
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:pgSz w:w="11910" w:h="15880"/>
+          <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="760"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4362FE74" w14:textId="7D1E0AA6" w:rsidR="00FB61AF" w:rsidRPr="0054440A" w:rsidRDefault="007B7BB5" w:rsidP="007B7BB5">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-5" w:firstLine="426"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0054440A">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FB61AF" w:rsidRPr="0054440A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83449">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB61AF" w:rsidRPr="0054440A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83449">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB32A09" w14:textId="463BBF13" w:rsidR="0054440A" w:rsidRDefault="007B7BB5" w:rsidP="007B7BB5">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-5" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FB61AF" w:rsidRPr="0054440A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB61AF" w:rsidRPr="0054440A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>rrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrrr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E858DFF" w14:textId="77777777" w:rsidR="00984E46" w:rsidRPr="00DE7711" w:rsidRDefault="00984E46" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74A55FF4" w14:textId="69F04DBC" w:rsidR="00556D0F" w:rsidRPr="0054440A" w:rsidRDefault="00254B39" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0054440A">
@@ -7714,750 +7794,376 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> RAP, disponível em: </w:t>
       </w:r>
       <w:r w:rsidR="00BE6A3B" w:rsidRPr="0054440A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0054440A" w:rsidRPr="0054440A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://ebape.fgv.br/sites/ebape.fgv.br/files/paginas/dez/18/apa_portugues.pdf</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D0B78D" w14:textId="77777777" w:rsidR="00AD5220" w:rsidRPr="0054440A" w:rsidRDefault="00AD5220" w:rsidP="00E15F54">
+    <w:p w14:paraId="52A399EA" w14:textId="77777777" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00E15F54">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId17"/>
+        <w:sectPr w:rsidR="00E83449" w:rsidSect="00E83449">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="15880"/>
+          <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="760"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D0B78D" w14:textId="58D3DBC9" w:rsidR="00AD5220" w:rsidRPr="0054440A" w:rsidRDefault="00AD5220" w:rsidP="00E15F54">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AD5220" w:rsidRPr="0054440A" w:rsidSect="00E83449">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="15880"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="760"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65455045" w14:textId="77777777" w:rsidR="003D77E5" w:rsidRDefault="003D77E5">
+    <w:p w14:paraId="2937AAFB" w14:textId="77777777" w:rsidR="0015262B" w:rsidRDefault="0015262B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46261433" w14:textId="77777777" w:rsidR="003D77E5" w:rsidRDefault="003D77E5">
+    <w:p w14:paraId="42F6275D" w14:textId="77777777" w:rsidR="0015262B" w:rsidRDefault="0015262B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0B06B784" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
-[...195 lines deleted...]
-  </w:p>
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:id w:val="2026357942"/>
+      <w:id w:val="-344247340"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="64D5834B" w14:textId="6FE6E0D4" w:rsidR="00EC23AC" w:rsidRPr="00EC23AC" w:rsidRDefault="00EC23AC">
+      <w:p w14:paraId="4613F02F" w14:textId="32588F58" w:rsidR="00EA1D56" w:rsidRPr="004874AB" w:rsidRDefault="00EA1D56">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
-          <w:jc w:val="center"/>
+          <w:jc w:val="right"/>
           <w:rPr>
-            <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00EC23AC">
+        <w:r w:rsidRPr="004874AB">
           <w:rPr>
-            <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC23AC">
+        <w:r w:rsidRPr="004874AB">
           <w:rPr>
-            <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC23AC">
+        <w:r w:rsidRPr="004874AB">
           <w:rPr>
-            <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC23AC">
+        <w:r w:rsidRPr="004874AB">
           <w:rPr>
-            <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC23AC">
+        <w:r w:rsidRPr="004874AB">
           <w:rPr>
-            <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="17B034B4" w14:textId="77777777" w:rsidR="00EC23AC" w:rsidRDefault="00EC23AC">
+  <w:p w14:paraId="3BF4F55E" w14:textId="4632FFC0" w:rsidR="00EA1D56" w:rsidRDefault="00EA1D56" w:rsidP="00EA1D56">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4252"/>
+        <w:tab w:val="clear" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="7650"/>
+      </w:tabs>
     </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4D010930" w14:textId="70613A0A" w:rsidR="00EC23AC" w:rsidRDefault="00EC23AC" w:rsidP="00EC23AC">
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1996913033"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...233 lines deleted...]
-  <w:p w14:paraId="7E8F39F7" w14:textId="77777777" w:rsidR="00FB36D7" w:rsidRDefault="00FB36D7">
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="7B72B6AE" w14:textId="2CDD293A" w:rsidR="007D46EB" w:rsidRPr="007D46EB" w:rsidRDefault="007D46EB">
+        <w:pPr>
+          <w:pStyle w:val="Rodap"/>
+          <w:jc w:val="right"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="007D46EB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="007D46EB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="007D46EB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="007D46EB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007D46EB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="64F82107" w14:textId="77777777" w:rsidR="007D46EB" w:rsidRDefault="007D46EB">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F0E71BC" w14:textId="77777777" w:rsidR="003D77E5" w:rsidRDefault="003D77E5">
+    <w:p w14:paraId="0685509D" w14:textId="77777777" w:rsidR="0015262B" w:rsidRDefault="0015262B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D7556DF" w14:textId="77777777" w:rsidR="003D77E5" w:rsidRDefault="003D77E5">
+    <w:p w14:paraId="11E67DAC" w14:textId="77777777" w:rsidR="0015262B" w:rsidRDefault="0015262B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...28 lines deleted...]
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2F5C7108" w14:textId="3F47175C" w:rsidR="00875C09" w:rsidRDefault="00875C09">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="08690A9D" w14:textId="2557E829" w:rsidR="00875C09" w:rsidRDefault="00875C09">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="754D38EC" w14:textId="09834CDE" w:rsidR="00875C09" w:rsidRDefault="00875C09">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="049C765B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89782A18"/>
     <w:lvl w:ilvl="0" w:tplc="5274B3CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9306,168 +9012,178 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A3DB0"/>
     <w:rsid w:val="000215E8"/>
     <w:rsid w:val="000311D6"/>
     <w:rsid w:val="00043AEA"/>
     <w:rsid w:val="00074D54"/>
     <w:rsid w:val="00097E9A"/>
     <w:rsid w:val="000D12EA"/>
     <w:rsid w:val="000D50E8"/>
     <w:rsid w:val="000E2596"/>
     <w:rsid w:val="0010174B"/>
     <w:rsid w:val="00101F57"/>
     <w:rsid w:val="00113B9A"/>
     <w:rsid w:val="00121063"/>
     <w:rsid w:val="001348B9"/>
     <w:rsid w:val="00143CB7"/>
+    <w:rsid w:val="0015262B"/>
     <w:rsid w:val="00177280"/>
     <w:rsid w:val="00177FE5"/>
+    <w:rsid w:val="001A63E4"/>
     <w:rsid w:val="001E7EE5"/>
     <w:rsid w:val="00223D5B"/>
     <w:rsid w:val="00254B39"/>
     <w:rsid w:val="00320D3A"/>
+    <w:rsid w:val="00326D55"/>
     <w:rsid w:val="00350804"/>
     <w:rsid w:val="003548AF"/>
     <w:rsid w:val="00372FFC"/>
     <w:rsid w:val="003A3DB0"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B43FF"/>
     <w:rsid w:val="003C6616"/>
     <w:rsid w:val="003D77E5"/>
     <w:rsid w:val="004276C6"/>
+    <w:rsid w:val="004874AB"/>
     <w:rsid w:val="00497BD9"/>
     <w:rsid w:val="004A41C0"/>
     <w:rsid w:val="004A438D"/>
     <w:rsid w:val="004B3FE9"/>
     <w:rsid w:val="004B5470"/>
     <w:rsid w:val="00504739"/>
     <w:rsid w:val="0054440A"/>
     <w:rsid w:val="00554D59"/>
     <w:rsid w:val="005554C9"/>
     <w:rsid w:val="00556D0F"/>
     <w:rsid w:val="005F24B5"/>
     <w:rsid w:val="00604A3E"/>
     <w:rsid w:val="00674F09"/>
     <w:rsid w:val="006826F6"/>
     <w:rsid w:val="006832B0"/>
     <w:rsid w:val="0068580E"/>
     <w:rsid w:val="00712AF0"/>
     <w:rsid w:val="007749E6"/>
     <w:rsid w:val="007A3A6F"/>
+    <w:rsid w:val="007B7BB5"/>
     <w:rsid w:val="007C305E"/>
+    <w:rsid w:val="007D46EB"/>
     <w:rsid w:val="007E73A4"/>
     <w:rsid w:val="007F1829"/>
     <w:rsid w:val="00800CC4"/>
     <w:rsid w:val="00805119"/>
     <w:rsid w:val="008103AA"/>
+    <w:rsid w:val="00812DC9"/>
+    <w:rsid w:val="00835FD3"/>
     <w:rsid w:val="008441A9"/>
     <w:rsid w:val="008576B1"/>
     <w:rsid w:val="0087053E"/>
     <w:rsid w:val="00875C09"/>
     <w:rsid w:val="008C2EAC"/>
     <w:rsid w:val="008F0BCA"/>
     <w:rsid w:val="008F2F98"/>
     <w:rsid w:val="00915D3B"/>
     <w:rsid w:val="00946595"/>
     <w:rsid w:val="00984E46"/>
     <w:rsid w:val="00A7417F"/>
     <w:rsid w:val="00A80A6C"/>
     <w:rsid w:val="00AD5220"/>
     <w:rsid w:val="00AF1674"/>
     <w:rsid w:val="00B83989"/>
     <w:rsid w:val="00BB0D04"/>
     <w:rsid w:val="00BD3C28"/>
     <w:rsid w:val="00BE6A3B"/>
     <w:rsid w:val="00BE6E82"/>
     <w:rsid w:val="00C23D3E"/>
     <w:rsid w:val="00C3117B"/>
     <w:rsid w:val="00C34379"/>
     <w:rsid w:val="00C6359C"/>
     <w:rsid w:val="00CB1109"/>
     <w:rsid w:val="00D02892"/>
     <w:rsid w:val="00D2750F"/>
     <w:rsid w:val="00D74D92"/>
+    <w:rsid w:val="00D8094E"/>
     <w:rsid w:val="00D913F4"/>
     <w:rsid w:val="00DE7711"/>
+    <w:rsid w:val="00DF5109"/>
     <w:rsid w:val="00E15F54"/>
     <w:rsid w:val="00E41286"/>
     <w:rsid w:val="00E77170"/>
+    <w:rsid w:val="00E83449"/>
     <w:rsid w:val="00E87E9C"/>
+    <w:rsid w:val="00EA1D56"/>
     <w:rsid w:val="00EC23AC"/>
     <w:rsid w:val="00EC34DC"/>
     <w:rsid w:val="00EC740B"/>
     <w:rsid w:val="00ED650A"/>
     <w:rsid w:val="00ED77B0"/>
     <w:rsid w:val="00F10EE7"/>
     <w:rsid w:val="00F13E81"/>
     <w:rsid w:val="00F30DDE"/>
     <w:rsid w:val="00F430AA"/>
     <w:rsid w:val="00F472F9"/>
     <w:rsid w:val="00F60091"/>
     <w:rsid w:val="00F65365"/>
     <w:rsid w:val="00FB36D7"/>
     <w:rsid w:val="00FB61AF"/>
     <w:rsid w:val="00FD4943"/>
     <w:rsid w:val="00FE0032"/>
     <w:rsid w:val="00FE187B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -10306,59 +10022,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1638220767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc/3.0/br/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:revistareunirufcg@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebape.fgv.br/sites/ebape.fgv.br/files/paginas/dez/18/apa_portugues.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10599,102 +10307,102 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EE55148-683D-2644-A5BA-90B537402929}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2960</Words>
-  <Characters>15989</Characters>
+  <Words>2737</Words>
+  <Characters>14781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>123</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Sugestão de roteiro para avaliação de um artigo científico</vt:lpstr>
       <vt:lpstr>ARTIGO ORIGINAL</vt:lpstr>
       <vt:lpstr>    Condições para submissão  </vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Diretrizes para Autores</vt:lpstr>
       <vt:lpstr>    Artigos científicos</vt:lpstr>
       <vt:lpstr>    Declaração de Direito Autoral </vt:lpstr>
       <vt:lpstr>    Política de Privacidade  </vt:lpstr>
       <vt:lpstr>    Introdução</vt:lpstr>
       <vt:lpstr>    Elementos teóricos da pesquisa</vt:lpstr>
       <vt:lpstr>    Apresentação e discussão dos resultados</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Referências – Incluir todos os DOIs possíveis </vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Utilizar normas da American Psychological Association (APA), conforme sugestão d</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Demais regras de submissão para os autores:</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Observação: O template da Reunir foi baseado no layout do artigo:</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Porto, F.; Gurgel, J. L. (2018) Sugestão de roteiro para avaliac¸ão de um artigo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18912</CharactersWithSpaces>
+  <CharactersWithSpaces>17484</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6881332</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.anpad.org.br/rac/rac_guia_apa.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490401</vt:i4>
       </vt:variant>
       <vt:variant>